--- v0 (2025-10-10)
+++ v1 (2026-03-14)
@@ -11,15606 +11,13767 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
-  <!-- Generated by Aspose.Words for .NET 24.10.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
   <w:body>
-    <w:p w:rsidR="00817784" w:rsidRPr="00677CD7" w:rsidP="002C50F8" w14:paraId="169EFBD1" w14:textId="70EE9567">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="169EFBD1" w14:textId="39928844">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0055618D">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>Valsts budžeta apakšprogrammā 67.06.00 „Eiropas Kopienas iniciatīvas projektu un pasākumu īstenošana” Eiropas Komisijas programmu „Radošā Eiropa” un „Pilsoņi, vienlīdzība, tiesības un vērtības” ietvaros atbalstītajiem projektiem 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009947CB">
+        <w:t xml:space="preserve">Valsts budžeta apakšprogrammā 67.06.00 </w:t>
+      </w:r>
+      <w:r w:rsidR="00505044">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0055618D">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>.gadā paredzētā līdzfinansējuma piešķiršanas konkursa nolikums</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="003723AA" w:rsidP="002C50F8" w14:paraId="6C2F4BED" w14:textId="77777777">
+        <w:t xml:space="preserve">Eiropas Kopienas iniciatīvas projektu un pasākumu īstenošana” Eiropas Komisijas programmu </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3A56">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Radošā Eiropa” un </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3A56">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pilsoņi, vienlīdzība, tiesības un vērtības” ietvaros atbalstītajiem projektiem </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00591E34">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B3A56">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>gadā paredzētā līdzfinansējuma piešķiršanas konkursa nolikums</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="6C2F4BED" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="6D80BC7B" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="6D80BC7B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4536"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003723AA">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>Izdot</w:t>
-[...26 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="7ECB9E69" w14:textId="77777777">
+        <w:t xml:space="preserve">Izdots saskaņā ar </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="7ECB9E69" w14:textId="1E956C9F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4536"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>Valsts pārvaldes iekārtas likuma 72.panta pirmās daļas 2.punktu</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="6489195B" w14:textId="77777777">
+        <w:t>Valsts pārvaldes iekārtas likuma 72.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B3A56">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>panta pirmās daļas 2.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B3A56">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>punktu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="6489195B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="7A9E9198" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="7A9E9198" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Vispārīgie jautājumi</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="0093776C" w:rsidP="002C50F8" w14:paraId="304476BF" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="304476BF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="4D8C410C" w14:textId="24AEF34F">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="4D8C410C" w14:textId="5BD44F15">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:left="426" w:hanging="426"/>
-[...6 lines deleted...]
-      <w:r>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>N</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0071209A">
+        <w:t xml:space="preserve">Nolikums nosaka kārtību, kādā Kultūras ministrija organizē valsts budžeta apakšprogrammā 67.06.00 </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3A56">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>olikums</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:t>Eiropas Kopienas iniciatīvas projektu un pasākumu īstenošana” (turpmāk – 67.06.00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00944922">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">nosaka kārtību, kādā Kultūras ministrija </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">apakšprogramma) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eiropas Komisijas programmu </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3A56">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Radošā Eiropa” un </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3A56">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00583557">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pilsoņi, vienlīdzība, tiesības un vērtības” ietvaros atbalstītajiem projektiem </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00591E34">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">organizē </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00482B96">
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>valsts budžeta</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B3A56">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00482B96">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">apakšprogrammā 67.06.00 „Eiropas Kopienas iniciatīvas projektu un pasākumu īstenošana” </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E64B5C">
+        <w:t xml:space="preserve">gadā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">paredzētā līdzfinansējuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>piešķiršanas konkursu (turpmāk – konkurss)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="18A84406" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="0A466BC8" w14:textId="170FA4E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Konkursa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mērķis ir nodrošināt Latvijas Republikas tiešo un pastarpināto valsts pārvaldes iestāžu, atvasināto publisko personu, citu valsts iestāžu, privāto tiesību juridisko personu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00CB20A2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un Latvijā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="006933C5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>darbību veicošo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00CB20A2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> starptautisko organizāciju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> līdzdalību Eiropas Komisijas programmās </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3A56">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>(turpmāk – 67.06.00</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00944922">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Radošā Eiropa” un </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3A56">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...106 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="008E3817" w:rsidP="002C50F8" w14:paraId="18A84406" w14:textId="77777777">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Pilsoņi, vienlīdzība, tiesības un vērtības”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="4AA183B7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="0A466BC8" w14:textId="21F09E20">
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0061197A" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="3FDC6A60" w14:textId="641FBB15">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:left="425" w:hanging="425"/>
-[...145 lines deleted...]
-      <w:r w:rsidRPr="00482B96">
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Kopējais konkursā pieejamais līdzfinansējums ir </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>150 000</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00482B96">
+        <w:t xml:space="preserve">150 000 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FB2380" w:rsidR="00817784">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00817784">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE627D" w:rsidRPr="00DE627D" w:rsidP="002C50F8" w14:paraId="750BA0CA" w14:textId="77777777">
+    <w:p w:rsidR="00DE627D" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="750BA0CA" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="0585F166" w14:textId="0380EB31">
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00591E34" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="4442772A" w14:textId="4D32CD17">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:left="426" w:hanging="426"/>
-[...34 lines deleted...]
-      <w:r w:rsidRPr="00482B96">
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Konkursā pieprasītais līdzfinansējums nedrīkst pārsniegt projekta līdzfinansējuma daļu atbilstoši Eiropas Komisijas programmu </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3A56">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Radošā Eiropa” un </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3A56">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pilsoņi, vienlīdzība, tiesības un vērtības” līdzfinansējuma atbalsta programmu intensitātes nosacījumiem. Gadījumā, ja projekta iesniedzējs </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pieprasa līdzfinansējumu pilnā apjomā no savas līdzfinansējuma daļas, tam nav tiesību pieprasīt līdzfinansējumu no citiem finanšu resursiem līdz lēmuma pieņemšanai par līdzfinansējuma piešķiršanu.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Konkursa ietvaros </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5564">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pieejamais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> līdzfinansējums vienam projektam</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5564">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir</w:t>
+      </w:r>
+      <w:r w:rsidR="00F25062">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ne vairāk kā 20</w:t>
+      </w:r>
+      <w:r w:rsidR="007B3A56">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F25062">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>000</w:t>
+      </w:r>
+      <w:r w:rsidR="007B3A56">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E1C76" w:rsidR="00F25062">
         <w:rPr>
           <w:i/>
+          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00482B96">
-[...27 lines deleted...]
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidR="00B4291C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00B4291C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12 mēnešu period</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4291C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidR="00F25062">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="7E8A7F30" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055618D" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="3778C94F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Līdzfinansējumu var piešķirt:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0055618D" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="2FCF9B2A" w14:textId="69C4F652">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="924" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">projektam, kas ir apstiprināts Eiropas Komisijas programmu </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3A56">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>„</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Radošā Eiropa” un </w:t>
       </w:r>
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidR="007B3A56">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>„</w:t>
-[...51 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="008E3817" w:rsidP="002C50F8" w14:paraId="7E8A7F30" w14:textId="77777777">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Pilsoņi, vienlīdzība, tiesības un vērtības” līdzfinansētu projektu konkursu un pasākumu ietvaros un kura īstenošana tiks uzsākta;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="7E48EF45" w14:textId="53252DE8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="924" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">projektam, kas ir apstiprināts Eiropas Komisijas programmu </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3A56">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Radošā Eiropa” un </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3A56">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pilsoņi, vienlīdzība, tiesības un vērtības” līdzfinansētu projektu konkursu un pasākumu ietvaros un kura īstenošana ir uzsākta pirms konkursa izsludināšanas ne agrāk par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="008E2643">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B3A56">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gadu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="4F1035CF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="0055618D" w:rsidP="002C50F8" w14:paraId="3778C94F" w14:textId="77777777">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="3BED16E6" w14:textId="10B00E8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
-[...190 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="008E3817" w:rsidP="002C50F8" w14:paraId="4F1035CF" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Līdzfinansējumu piešķir vienam gadam – izdevumiem, ko veic projekta kārtējā gada laikā, sākot no mēneša pirmā datuma pēc Kultūras ministrijas lēmuma pieņemšanas par līdzfinansējuma piešķiršanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="11944116" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="7F91A010" w14:textId="41EF5D2E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Projekta iesnieguma iesniegšanas termiņš ir četras nedēļas no konkursa izsludināšanas dienas oficiālajā izdevumā </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3A56">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Latvijas Vēstnesis”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="10B67310" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...141 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00ED5DE0" w:rsidP="002C50F8" w14:paraId="4268D9FF" w14:textId="77777777">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="4268D9FF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED5DE0">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Prasības projekta iesnieguma iesniedzējam</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00886A87" w:rsidP="002C50F8" w14:paraId="4B7FD36B" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="4B7FD36B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="01DE8A2A" w14:textId="2664FCEB">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="01DE8A2A" w14:textId="2664FCEB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:left="426" w:hanging="426"/>
-[...48 lines deleted...]
-      <w:r w:rsidR="006933C5">
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Konkursa ietvaros projekta iesniegumu var iesniegt Latvijas Republikas tiešās vai pastarpinātās valsts pārvaldes iestāde, atvasināta publiska persona, cita valsts iestāde, privāto tiesību juridiska persona </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="006933C5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>un Latvijā darbību veicoša starptautiskā organizācija</w:t>
       </w:r>
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (turpmāk kopā – projekta iesniedzējs):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF60D7" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="578195BD" w14:textId="77777777">
+    <w:p w:rsidR="00AF60D7" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="578195BD" w14:textId="545EFDB7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:left="992" w:hanging="567"/>
-[...55 lines deleted...]
-      <w:r w:rsidRPr="00482B96">
+        <w:ind w:left="924" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kas kā projekta vadošais partneris vai sadarbības partneris īsteno Eiropas Savienības programmas </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3A56">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Radošā Eiropa” (2021</w:t>
+      </w:r>
+      <w:r w:rsidR="007B3A56">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2027) apakšprogrammas </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3A56">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kultūra” ietvaros </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>atbalstīto</w:t>
       </w:r>
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> vienu vai vairākus projektus:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF60D7" w:rsidRPr="007C49D1" w:rsidP="002C50F8" w14:paraId="215A4A0E" w14:textId="77777777">
+    <w:p w:rsidR="00AF60D7" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="215A4A0E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1729" w:hanging="737"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00147DFA">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Eiropas sadarbības projektus (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>European Cooperation projects</w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-    <w:p w:rsidR="00AF60D7" w:rsidRPr="007C49D1" w:rsidP="002C50F8" w14:paraId="1FD7CD82" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF60D7" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="1FD7CD82" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1729" w:hanging="737"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C49D1">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00147DFA">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Eiropas tīklu projektus (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">European Networks of Cultural and Creative </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00147DFA">
+        <w:t>European Networks of Cultural and Creative Organisations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF60D7" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="34F3C693" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1729" w:hanging="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Eiropas platformu projektus (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Organisations</w:t>
-[...16 lines deleted...]
-    <w:p w:rsidR="00AF60D7" w:rsidRPr="007C49D1" w:rsidP="002C50F8" w14:paraId="34F3C693" w14:textId="77777777">
+        <w:t>European Platforms for the promotion of emerging artists</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF60D7" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="0715C0C9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1729" w:hanging="737"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C49D1">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00147DFA">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Eiropas daiļliteratūras darbu aprite (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>European Platforms for the promotion of emerging artists</w:t>
-[...16 lines deleted...]
-    <w:p w:rsidR="00AF60D7" w:rsidP="002C50F8" w14:paraId="0715C0C9" w14:textId="77777777">
+        <w:t>Circulation of European literary works</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF60D7" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="68918827" w14:textId="22C82454">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1729" w:hanging="737"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00147DFA">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Eiropas kultūras organizāciju konkurss (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D90490">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...47 lines deleted...]
-      <w:r w:rsidRPr="00147DFA">
+        </w:rPr>
+        <w:t>Pan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D90490" w:rsidR="00884B36">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D90490">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>European cultural entities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF60D7" w:rsidRPr="007C49D1" w:rsidP="002C50F8" w14:paraId="322135A8" w14:textId="77777777">
+    <w:p w:rsidR="00AF60D7" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="322135A8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1729" w:hanging="737"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C49D1">
-[...14 lines deleted...]
-    <w:p w:rsidR="00AF60D7" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="3F1440AD" w14:textId="1AA43CB1">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>starpnozaru daļas ietvaros atbalstīto vienu vai vairākus projektus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF60D7" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="3F1440AD" w14:textId="7BC36C0A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:left="992" w:hanging="567"/>
-[...55 lines deleted...]
-      <w:r w:rsidRPr="00482B96">
+        <w:ind w:left="924" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kas kā projekta vadošais partneris vai sadarbības partneris īsteno Eiropas Savienības programmas </w:t>
+      </w:r>
+      <w:r w:rsidR="00884B36">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pilsoņi, vienlīdzība, tiesības un vērtības” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(2021</w:t>
+      </w:r>
+      <w:r w:rsidR="00884B36">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2027) ietvaros </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>atbalstīto</w:t>
       </w:r>
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> vienu vai vairākus projektus</w:t>
       </w:r>
-      <w:r w:rsidR="001526AB">
-[...20 lines deleted...]
-      <w:r w:rsidR="00BC668D">
+      <w:r w:rsidRPr="003858E0" w:rsidR="001526AB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, kuru projektu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00BC668D">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001526AB" w:rsidR="001526AB">
+      <w:r w:rsidRPr="003858E0" w:rsidR="001526AB">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>aktivitātēm nav saimnieciska rakstura, kas ietver preču vai pakalpojumu piedāvāšanu tirgū, un tiks sniegtas mērķa grupai bez maksas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF60D7" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="0702141A" w14:textId="77777777">
+    <w:p w:rsidR="00AF60D7" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="0702141A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:left="1729" w:hanging="737"/>
-[...55 lines deleted...]
-      <w:r w:rsidRPr="00147DFA">
+        <w:ind w:left="1661" w:hanging="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>uzsaukums Eiropas Savienības vērtību aizsardzībai un veicināšanai (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D90490">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Call for proposals on protecting and promoting Union values</w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-    <w:p w:rsidR="00AF60D7" w:rsidP="002C50F8" w14:paraId="75C9E875" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF60D7" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="75C9E875" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:left="1729" w:hanging="737"/>
-[...83 lines deleted...]
-      <w:r w:rsidRPr="00147DFA">
+        <w:ind w:left="1661" w:hanging="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>uzsaukums, lai stiprinātu kapacitāti un informētību par Eiropas Savienības Pamattiesību hartu saistībā ar demokrātiju, tiesiskumu un pamattiesību pārkāpumiem (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Call for proposals to promote capacity building and awareness on the EU Charter of Fundamental Rights and activities on strategic litigation relating to democracy, the rule of law and fundamental rights breaches</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF60D7" w:rsidP="002C50F8" w14:paraId="5DE7C77D" w14:textId="77777777">
+    <w:p w:rsidR="00AF60D7" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="5DE7C77D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:left="1729" w:hanging="737"/>
-[...27 lines deleted...]
-      <w:r w:rsidRPr="00147DFA">
+        <w:ind w:left="1661" w:hanging="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>uzsaukums, lai veicinātu vienlīdzību un cīnītos pret rasismu, ksenofobiju un diskrimināciju (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D90490">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Call</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00147DFA">
+        <w:t>Call for proposals to promote equality and to fight against racism, xenophobia and discrimination</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF60D7" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="1FDCF156" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1661" w:hanging="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>uzsaukums, lai aizsargātu un veicinātu bērna tiesības (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00147DFA">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Call for proposals to protect and promote the rights of the child</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF60D7" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="7A232B6F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1661" w:hanging="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>uzsaukums, lai veicinātu dzimumu vienlīdzību (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00147DFA">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Call for proposals to promote gender equality</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF60D7" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="32462E32" w14:textId="7ED8D5C6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1661" w:hanging="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>uzsaukums Eiropas vēstures piemiņas pasākumiem (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00147DFA">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Call for proposals on European remembrance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00202935" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="5F8E0D94" w14:textId="1BF17BBC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1661" w:hanging="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>uzsaukums veicināt apmaiņu starp dažādu valstu pilsoņiem, jo īpaši izmantojot pilsētu tīklus (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D90490">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>promote</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00147DFA">
+        <w:t>Call for proposals on Networks of Towns</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF60D7" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="03437111" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1661" w:hanging="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>uzsaukums pilsoniskajai iesaistei un līdzdalībai (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Call for proposals on Citizens’ engagement and participation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="2C4D36BA" w14:textId="17C1DCE1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1661" w:hanging="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>uzsaukums, lai novērstu un apkarotu ar dzimumu saistītu vardarbību un vardarbību pret bērniem (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D90490">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00147DFA">
+        <w:t>Call for proposals to prevent and combat gender based violence and violence against children</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="2939365E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="12E781DA" w14:textId="31FCC18D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Uz līdzfinansējumu nevar pretendēt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="000A7871">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> šā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nolikuma 8.</w:t>
+      </w:r>
+      <w:r w:rsidR="00920BD6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā minētie projektu iesniedzēji: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="566D4988" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="924" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kas nav izpildījuši savas saistības kādā no iepriekšējiem konkursiem par valsts budžeta līdzfinansējumu programmas ietvaros atbalstītajiem Latvijas Republikas organizāciju projektiem atbilstoši līgumam ar Kultūras ministriju par piešķirtā valsts budžeta līdzfinansējuma izlietošanu; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="39AACF3B" w14:textId="6E3E04AC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="924" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kam ir ierosināta tiesiskās aizsardzības procesa lieta, tiek īstenots tiesiskās aizsardzības process vai kam ir pasludināts maksātnespējas process</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="68DCE8B1" w14:textId="042FA620">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="924" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kuru </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="0080224A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādu, kopsumma pārsniedz 150 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="0080224A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>equality</w:t>
-[...701 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00B83FD8" w:rsidP="002C50F8" w14:paraId="2939365E" w14:textId="77777777">
+        <w:t>euro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="0080224A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> projekta iesnieguma iesniegšanas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00B2642E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>dienā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00AF1717" w14:paraId="7DD7BB78" w14:textId="4C9313A2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="924" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kuriem projekta iesnieguma iesniegšanas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00B2642E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>dienā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nav iesniegts Kultūras </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00750F10">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ministrijā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pārskats par Kultūras ministrijas piešķirto valsts budžeta līdzfinansējumu projekta ietvaros, kas apstiprināts iepriekšējos līdzfinansējuma piešķiršanas konkursos, pamatojoties uz noslēgto līgumu par līdzfinansējuma piešķiršanu projekta īstenošanai, un pārskata iesniegšanas termiņš sakrīt ar projekta iesnieguma iesniegšanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="583FDD62" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="12E781DA" w14:textId="7A769D85">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="251CDCEF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
-[...357 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="251CDCEF" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja vienā projektā līdzdarbojas vairāki projekta iesniedzēji, tiesības iesniegt projekta iesniegumu konkursā ir tikai vienam no tiem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="5F54789E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="46A41D4A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
-[...7 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="5F54789E" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Projekta iesniedzējs var iesniegt vairākus projektu iesniegumus. Par katru projektu, kam nepieciešams līdzfinansējums, var iesniegt tikai vienu projekta iesniegumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00D90490" w14:paraId="21047C32" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="46A41D4A" w14:textId="77777777">
-[...46 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00ED5DE0" w:rsidP="002C50F8" w14:paraId="441D5B9C" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="441D5B9C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED5DE0">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Konkursa izsludināšanas kārtība</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00886A87" w:rsidP="002C50F8" w14:paraId="35505A85" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="35505A85" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="006B5FB8" w:rsidP="002C50F8" w14:paraId="66AD7AE7" w14:textId="41650F09">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="66AD7AE7" w14:textId="2246AA2C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kultūras ministrija konkursu izsludina, publicējot sludinājumu oficiālajā izdevumā </w:t>
+      </w:r>
+      <w:r w:rsidR="008F0A09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Latvijas Vēstnesis”. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Paziņojumu par konkursa rīkošanu ievieto Kultūras ministrijas </w:t>
       </w:r>
-      <w:r w:rsidRPr="00482B96">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tīmekļvietnes </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00482B96">
+        <w:r w:rsidRPr="003858E0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:snapToGrid w:val="0"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>www.km.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00482B96">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> sadaļā „Finansējuma iespējas” (</w:t>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sadaļā </w:t>
+      </w:r>
+      <w:r w:rsidR="008F0A09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Finansējuma iespējas” (</w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00B54B27" w:rsidR="00750F10">
+        <w:r w:rsidRPr="003858E0" w:rsidR="00750F10">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>https://www.km.gov.lv/lv/finansejuma-iespejas</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="2850E0E9" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="2850E0E9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="41D12130" w14:textId="643ADB8E">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="41D12130" w14:textId="643ADB8E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3584"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
-[...63 lines deleted...]
-    <w:p w:rsidR="005B5ED4" w:rsidRPr="00750F10" w:rsidP="002C50F8" w14:paraId="15701331" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Konkursa sludinājumā norāda projektu iesniegumu iesniegšanas termiņu, projektu iesniegumu iesniegšanas kārtību un Kultūras ministrijas atbildīgās kontaktpersonas elektroniskā pasta adresi un tālruņa numuru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B5ED4" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="15701331" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="008E76C8" w:rsidP="002C50F8" w14:paraId="0EF3006A" w14:textId="62EAC956">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="0EF3006A" w14:textId="62EAC956">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E76C8">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Projekta iesnieguma sagatavošana un iesniegšana</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00886A87" w:rsidP="002C50F8" w14:paraId="1B638B0C" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="1B638B0C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="54DA0919" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="54DA0919" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Projekta iesniedzējs Kultūras ministrijas noteiktajā termiņā sagatavo un iesniedz projekta iesniegumu, kas sastāv no:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="4B9BF7B2" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="4B9BF7B2" w14:textId="6FFA808B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004363FB">
-[...71 lines deleted...]
-      <w:r w:rsidRPr="008E76C8">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>aizpildītas un projekta iesniedzēja paraksttiesīgā pārstāvja un projekta iesnieguma projektu vadītāja parakstītas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="008A4C3A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00FA7E3D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">67.06.00 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="008A4C3A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apakšprogrammā Eiropas Komisijas programmu </w:t>
+      </w:r>
+      <w:r w:rsidR="008F0A09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="008A4C3A">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Radošā Eiropa” un </w:t>
       </w:r>
-      <w:r w:rsidRPr="00482B96">
-[...41 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="008F0A09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="008A4C3A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Pilsoņi, vienlīdzība, tiesības un vērtības” ietvaros atbalstītajiem projektiem 2026.</w:t>
+      </w:r>
+      <w:r w:rsidR="008F0A09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="008A4C3A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gadā paredzētā līdzfinansējuma piešķiršanas konkursa projekta iesnieguma veidlapas (1.</w:t>
+      </w:r>
+      <w:r w:rsidR="008F0A09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="008A4C3A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pielikums)</w:t>
+      </w:r>
+      <w:r w:rsidR="00920BD6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="7DA8B6F5" w14:textId="40BF3AE7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>līguma par Eiropas Komisijas piešķirto līdzfinansējumu kopijas, ja attiecināms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="4C7FD74E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>lēmuma par Eiropas Komisijas piešķirto līdzfinansējumu kopijas, ja attiecināms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="5F73A061" w14:textId="1EE79373">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apliecinājuma par Eiropas Komisijas piešķirto līdzfinansējumu gadījumā, ja projekta iesniedzējs </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00750F10">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>projekta iesni</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="008A4C3A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00750F10">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">guma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>iesniegšanas brīd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00750F10">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00482B96">
-[...84 lines deleted...]
-      <w:r w:rsidRPr="00A3071F">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nevar iesniegt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00624B70">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="009C57BD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nolikuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00B12C7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.2. vai 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00B12C7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00342967">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="009C57BD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>apakš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>punktā minētos dokumentus, kopā ar pavadvēstuli, ka līdz līguma slēgšanai ar Kultūras ministriju par piešķirto līdzfinansējumu tiks iesniegta trūkstošā dokumentācija, ja attiecināms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="71DC894B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>vadošā partnera parakstīta pilnvarojuma projekta iesniedzējam pieteikt līdzfinansējumu vai partnerību apliecinoša dokumenta, kurā ietverts noteikums par līdzfinansējuma nodrošināšanu, ja attiecināms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="348BFD34" w14:textId="529FF482">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">projekta iesniedzēja paraksttiesīgā pārstāvja un projekta vadītāja parakstītas projekta iesnieguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00843EB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">attiecināmo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>izdevumu tāmes (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="008A4C3A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008F0A09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pielikums);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="61204BB0" w14:textId="06D906ED">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aizpildītas elektroniskas veidlapas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006B3F43">
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalsta uzskaites sistēmā atbilstoši Ministru kabineta 2018.</w:t>
+      </w:r>
+      <w:r w:rsidR="008F0A09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gada 21.</w:t>
+      </w:r>
+      <w:r w:rsidR="008F0A09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>novembra noteikumiem Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="008F0A09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">715 </w:t>
+      </w:r>
+      <w:r w:rsidR="008F0A09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E1C76" w:rsidR="00825F7B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Circulation</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006B3F43">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
-          <w:iCs/>
-[...696 lines deleted...]
-      <w:r w:rsidR="00EA3572">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>e minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalsta uzskaites un piešķiršanas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00825F7B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kārtīb</w:t>
+      </w:r>
+      <w:r w:rsidR="00825F7B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>” (ja attiecināms)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00EA3572">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA3572" w:rsidP="002C50F8" w14:paraId="2A79D413" w14:textId="77777777">
-[...11 lines deleted...]
-    <w:p w:rsidR="00EA3572" w:rsidRPr="00E76C72" w:rsidP="009F013A" w14:paraId="7F7086DA" w14:textId="4390F647">
+    <w:p w:rsidR="00EA3572" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="2A79D413" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA3572" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="7F7086DA" w14:textId="4390F647">
       <w:pPr>
         <w:pStyle w:val="tv2132"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Projekta iesniegumu Kultūras ministrijā var iesniegt</w:t>
       </w:r>
-      <w:r w:rsidR="00E76C72">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00E76C72">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E76C72">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>elektroniska dokumenta formā</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E76C72" w:rsidR="00806B0F">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00806B0F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pieteikums parakstīts ar drošu elektronisko parakstu un satur laika zīmogu)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E76C72">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>, nosūtot uz Kultūras ministrijas</w:t>
       </w:r>
-      <w:r w:rsidR="00806B0F">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00806B0F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E76C72" w:rsidR="00806B0F">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00806B0F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">oficiālo elektronisko adresi (e-adresi): </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E76C72" w:rsidR="00886A87">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00886A87">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E76C72" w:rsidR="00806B0F">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00806B0F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>DEFAULT@90000042963</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E76C72">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA3572" w:rsidRPr="00482B96" w:rsidP="009F013A" w14:paraId="776AB435" w14:textId="77777777">
+    <w:p w:rsidR="00EA3572" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="776AB435" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EA3572" w:rsidRPr="00482B96" w:rsidP="009F013A" w14:paraId="53905E4C" w14:textId="3E790849">
+    <w:p w:rsidR="00EA3572" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="53905E4C" w14:textId="3A8A28B5">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00482B96" w:rsidR="004D1712">
+      <w:r w:rsidRPr="003858E0" w:rsidR="004D1712">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>rojekta iesniegumu iesniedz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ot</w:t>
       </w:r>
-      <w:r w:rsidRPr="00482B96" w:rsidR="004D1712">
-[...35 lines deleted...]
-    <w:p w:rsidR="00EA3572" w:rsidRPr="00BE652A" w:rsidP="00147DFA" w14:paraId="6906ACA6" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0" w:rsidR="004D1712">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> elektroniska dokumenta formā, to paraksta ar drošu elektronisko parakstu un apliecina ar laika zīmogu atbilstoši normatīvajiem aktiem par elektronisko dokumentu noformēšanu. Elektroniskā pasta vēstules zonā </w:t>
+      </w:r>
+      <w:r w:rsidR="00936312">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="004D1712">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Temats” norāda: </w:t>
+      </w:r>
+      <w:r w:rsidR="00936312">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="004D1712">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Par apakšprogrammas 67.06.00 ietvaros </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="008E2643">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="004D1712">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00936312">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="004D1712">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gadā paredzētā līdzfinansējuma piešķiršanu”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA3572" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="6906ACA6" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EA3572" w:rsidRPr="00EA3572" w:rsidP="009F013A" w14:paraId="11DB1E1A" w14:textId="0F235DD8">
+    <w:p w:rsidR="00EA3572" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="11DB1E1A" w14:textId="23A13DEC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
-[...63 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="2F049B8B" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Projekta iesniegumu, kas ir saņemts pēc šā nolikuma 7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00936312">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>punktā noteiktā termiņa vai nav noformēts atbilstoši šā nolikuma 16.</w:t>
+      </w:r>
+      <w:r w:rsidR="00936312">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>punktā noteiktajām prasībām, projektu iesniegumu vērtēšanas komisija neizskata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="2F049B8B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00EA3572" w:rsidP="00147DFA" w14:paraId="5ECFFFF5" w14:textId="4250326E">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="5ECFFFF5" w14:textId="4250326E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA3572">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Ar komercdarbības atbalsta saņemšanu saistītie nosacījumi</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="0093776C" w:rsidP="00147DFA" w14:paraId="6C9B3963" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00D90490" w14:paraId="6C9B3963" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="tv2132"/>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="426" w:firstLine="0"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="0093776C" w:rsidP="00147DFA" w14:paraId="19F56D93" w14:textId="3E859EBB">
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="19F56D93" w14:textId="541D40BA">
       <w:pPr>
         <w:pStyle w:val="tv2132"/>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Kultūras nozares projekts</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C" w:rsidR="00CC2FA2">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00CC2FA2">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C" w:rsidR="00CC2FA2">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00CC2FA2">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Eiropas Komisijas programmas „Radošā Eiropa” ietvaros</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0093776C">
+        <w:t xml:space="preserve">Eiropas Komisijas programmas </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32A04">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00CC2FA2">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Radošā Eiropa” ietvaros</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C" w:rsidR="001A7E4C">
+      <w:r w:rsidRPr="003858E0" w:rsidR="001A7E4C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> kura pamatdarbība ir noteikta vispārējās ekonomiskās darbības klasifikācijas NACE 90.0 sadaļā – </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0802" w:rsidR="00607020">
+      <w:r w:rsidR="00F32A04">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>„</w:t>
-[...19 lines deleted...]
-      <w:r w:rsidR="00607020">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="001A7E4C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Radošas, mākslinieciskas un izklaides darbības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00607020">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C" w:rsidR="001A7E4C">
+      <w:r w:rsidRPr="003858E0" w:rsidR="001A7E4C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> un </w:t>
       </w:r>
-      <w:r w:rsidR="005952AD">
+      <w:r w:rsidRPr="003858E0" w:rsidR="005952AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">kas </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C" w:rsidR="001A7E4C">
+      <w:r w:rsidRPr="003858E0" w:rsidR="001A7E4C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ir attiecināms uz kultūras nozari</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C" w:rsidR="004D26D2">
+      <w:r w:rsidRPr="003858E0" w:rsidR="004D26D2">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> kurā netiek plānota ieņēmumu gūšana</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C" w:rsidR="004D26D2">
-[...8 lines deleted...]
-      <w:r w:rsidR="00B029B4">
+      <w:r w:rsidRPr="003858E0" w:rsidR="004D26D2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, t.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F32A04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="004D26D2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>i.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00B029B4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C" w:rsidR="004D26D2">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="0093776C" w:rsidR="004D26D2">
+      <w:r w:rsidRPr="003858E0" w:rsidR="004D26D2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ja projekta iesniedzēja ieņēmumi no atbalstītā kultūras pasākuma (projekta) ir mazāki par 50</w:t>
+      </w:r>
+      <w:r w:rsidR="00F32A04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="004D26D2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>% no kopējā kultūras pasākuma budžeta,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="004D26D2">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">kurā plānotie pasākumi ir bezmaksas, līdzfinansējumu konkursa ietvaros var saņemt, nepiemērojot </w:t>
       </w:r>
-      <w:r w:rsidR="006D7EA4">
+      <w:r w:rsidRPr="003858E0" w:rsidR="006D7EA4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">šā nolikuma </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D706BD" w:rsidR="00D706BD">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00D706BD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>22</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D706BD" w:rsidR="004D26D2">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidR="00F32A04">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="004D26D2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.punktā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>minētos komercdarbības atbalsta saņemšanu saistītos nosacījumus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="006D37BB" w:rsidP="002C50F8" w14:paraId="77795560" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00D90490" w14:paraId="77795560" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="tv2132"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="360" w:firstLine="0"/>
+        <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="004D26D2" w:rsidP="002C50F8" w14:paraId="6582AACA" w14:textId="34A2DDBE">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="6582AACA" w14:textId="6BFC1FCA">
       <w:pPr>
         <w:pStyle w:val="tv213"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Š</w:t>
       </w:r>
-      <w:r w:rsidR="006D7EA4">
+      <w:r w:rsidRPr="003858E0" w:rsidR="006D7EA4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006D7EA4">
+      <w:r w:rsidRPr="003858E0" w:rsidR="006D7EA4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="00D706BD">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00D706BD">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>18.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00B42996">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>punktā minētais k</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C3367E">
-[...20 lines deleted...]
-      <w:r w:rsidR="003B2500">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ultūras nozares projekts, kas saistīts ar ieņēmumu gūšanu, nav kvalificējams kā atbalsts komercdarbībai un tam </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">netiek piemēroti </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="003B2500">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">šā nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="00D706BD">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00D706BD">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>22.</w:t>
       </w:r>
-      <w:r w:rsidR="004D26D2">
+      <w:r w:rsidR="00B42996">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="004D26D2">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>punktā minēt</w:t>
       </w:r>
-      <w:r w:rsidR="00CD1318">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00CD1318">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ie</w:t>
       </w:r>
-      <w:r w:rsidR="004D26D2">
+      <w:r w:rsidRPr="003858E0" w:rsidR="004D26D2">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C3367E">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>komercdarbības atbalsta saņemšanas nosacījumi</w:t>
       </w:r>
-      <w:r w:rsidR="004D26D2">
+      <w:r w:rsidRPr="003858E0" w:rsidR="004D26D2">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C3367E">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">ja </w:t>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ja </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk62651927"/>
-      <w:r w:rsidRPr="004D26D2">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">no atbalstītā kultūras pasākuma apmeklētājiem vai kultūras pakalpojuma saņēmējiem </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="004D26D2">
-[...7 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="0093776C" w:rsidP="002C50F8" w14:paraId="60DEF78C" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>vairāk nekā 85</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42996">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>% ir Latvijas iedzīvotāji (t.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42996">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>i., kultūras pasākumam ir vietēja ietekme).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00D90490" w14:paraId="60DEF78C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="tv213"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="1560"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="0093776C" w:rsidP="002C50F8" w14:paraId="64CBB2D6" w14:textId="35A34BB8">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="64CBB2D6" w14:textId="633A8D9C">
       <w:pPr>
         <w:pStyle w:val="tv2132"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Pirms komercdarbības atbalsta regulējuma piemērošanas </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C" w:rsidR="001A136D">
+      <w:r w:rsidRPr="003858E0" w:rsidR="001A136D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>š</w:t>
       </w:r>
-      <w:r w:rsidR="000353CB">
+      <w:r w:rsidRPr="003858E0" w:rsidR="000353CB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ā nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="00D706BD">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00D706BD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>18.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C" w:rsidR="001A136D">
+      <w:r w:rsidR="00B42996">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="001A136D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">punktā minētajam </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">kultūras nozares projektam konkursa ietvaros izvērtē atbilstību šādiem komercdarbības atbalsta pārbaudes kritērijiem: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="0093776C" w:rsidP="002C50F8" w14:paraId="7598BB0B" w14:textId="2F3B8032">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="7598BB0B" w14:textId="61488C15">
       <w:pPr>
         <w:pStyle w:val="tv2132"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">šā </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk55210337"/>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="00D706BD">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00D706BD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>18.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidR="00B42996">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>punktā minētais saimnieciskās darbības kritērijs tiek vērtēts, nosakot, vai kultūras pasākuma, kuru plānots līdzfinansēt konkursa ietvaros, ieņēmumi pārsniedz 50</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42996">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% robežvērtību pret kopējo pasākuma budžetu, ņemot vērā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">šā </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
-[...9 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="0093776C" w:rsidP="002C50F8" w14:paraId="7F4C8622" w14:textId="1D451650">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nolikuma </w:t>
+      </w:r>
+      <w:r w:rsidR="000C25BE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42996">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>pielikumā iekļauto kultūras pasākuma budžeta informāciju;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="7F4C8622" w14:textId="3DB9A0C7">
       <w:pPr>
         <w:pStyle w:val="tv2132"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>j</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">šā </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="00BC34D6">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00BC34D6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>20.1.</w:t>
       </w:r>
-      <w:r w:rsidR="00F02D60">
+      <w:r w:rsidR="00B93CAE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00F02D60">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>apakš</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
-[...9 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="0093776C" w:rsidP="002C50F8" w14:paraId="35C2D158" w14:textId="301C5D56">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>punktā minētais saimnieciskās darbības kritērijs neizpildās, t.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B93CAE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>i., ieņēmumi nepārsniedz 50</w:t>
+      </w:r>
+      <w:r w:rsidR="00B93CAE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>% robežvērtību pret kopējo pasākuma budžetu, piešķirtais līdzfinansējums konkursa ietvaros netiek uzskatīts par atbalstu saimnieciskai darbībai, un tālāka izvērtēšana pēc komercdarbības atbalstu raksturojošām pazīmēm kultūras nozares projektam nav jāveic, un tam nav jāpiemēro attiecīgais komercdarbības atbalsta regulējums;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="35C2D158" w14:textId="1A532E7A">
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">ja </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
-[...8 lines deleted...]
-      <w:r w:rsidR="00F94AF7">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>saimnieciskās darbības kritērijs izpildās, t.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4E7F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>i.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00F94AF7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="0093776C" w:rsidR="002309B3">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ieņēmumi pārsniedz 50</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4E7F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% robežvērtību pret kopējo pasākuma budžetu, vērtē, vai atbalsta pasākumam var piemērot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="002309B3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">šā nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="00BC34D6">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00BC34D6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>19.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidR="002E4E7F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>punktā minēto nosacījumu (t.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4E7F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i., kultūras pasākumam ir vietēja ietekme), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ņemot vērā </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">šā </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>nolikuma 1.pielikumā sniegto informāciju</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="0093776C" w:rsidP="002C50F8" w14:paraId="0DE5F4B7" w14:textId="60446DCA">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="0DE5F4B7" w14:textId="7D121EA9">
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ja </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">izpildās </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C" w:rsidR="002309B3">
+      <w:r w:rsidRPr="003858E0" w:rsidR="002309B3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">šā </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="00BC34D6">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00BC34D6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>20.1.</w:t>
       </w:r>
-      <w:r w:rsidR="002E12BE">
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="002E12BE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>apakš</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
-[...7 lines deleted...]
-      <w:r w:rsidR="00F94AF7">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>punktā minētais saimnieciskās darbības kritērijs, t.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51923">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>i.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00F94AF7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="0093776C" w:rsidR="002309B3">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ieņēmumi pārsniedz 50</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% robežvērtību pret kopējo pasākuma budžetu un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="002309B3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">šā </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">nolikuma </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A836C1" w:rsidR="00A836C1">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00A836C1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A836C1">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.3.</w:t>
       </w:r>
-      <w:r w:rsidR="002E12BE">
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="002E12BE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>apakš</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">punktā minētais </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ietekmes uz E</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C" w:rsidR="002309B3">
+      <w:r w:rsidRPr="003858E0" w:rsidR="002309B3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">iropas </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C" w:rsidR="002309B3">
+      <w:r w:rsidRPr="003858E0" w:rsidR="002309B3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>avienības</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
-[...8 lines deleted...]
-      <w:r w:rsidR="00F94AF7">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iekšējo tirgu un konkurenci kritērijs, t.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>i.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00F94AF7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no atbalstītā kultūras pasākuma apmeklētājiem vai kultūras pakalpojuma saņēmējiem mazāk kā 85</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% apmeklētāju ir Latvijas iedzīvotāji, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">projekta iesniedzējam līdzfinansējums konkursa ietvaros tiek piešķirts, piemērojot komercdarbības atbalsta regulējumu saskaņā ar </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C" w:rsidR="002309B3">
+      <w:r w:rsidRPr="003858E0" w:rsidR="002309B3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>šā nolikuma</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C" w:rsidR="00285928">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00285928">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D706BD">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00D706BD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>22.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>punktā noteikto.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w:rsidR="00817784" w:rsidRPr="0093776C" w:rsidP="002C50F8" w14:paraId="49E9B87E" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="49E9B87E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="tv2132"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C167FD" w:rsidRPr="0093776C" w:rsidP="002C50F8" w14:paraId="0D65DFB9" w14:textId="74851D26">
+    <w:p w:rsidR="00C167FD" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="0D65DFB9" w14:textId="6573482F">
       <w:pPr>
         <w:pStyle w:val="tv2132"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Pirms komercdarbības atbalsta regulējuma piemērošanas </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C" w:rsidR="006A3734">
-[...26 lines deleted...]
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0" w:rsidR="006A3734">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">projekta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">iesniedzējam, kura projekts tiek īstenots </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eiropas Komisijas programmās </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED3865">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Radošā Eiropa”, taču</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> netiek īstenots kultūras nozares ietvaros, t.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>i., projekta iesniedzēja projekts nepieder vispārējās ekonomiskās darbības klasifikācijas NACE 90.0 sadaļai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
-[...9 lines deleted...]
-    <w:p w:rsidR="008B60C4" w:rsidP="002C50F8" w14:paraId="1B6E826C" w14:textId="56349E99">
+      <w:r w:rsidRPr="00F51923" w:rsidR="00F51923">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Radošas, mākslinieciskas un izklaides darbības</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51923">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, izvērtē atbilstību šādiem komercdarbības atbalsta pārbaudes kritērijiem: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B60C4" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="1B6E826C" w14:textId="4B934396">
       <w:pPr>
         <w:pStyle w:val="tv2132"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>nosak</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C" w:rsidR="001E3108">
+      <w:r w:rsidRPr="003858E0" w:rsidR="001E3108">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, vai </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C" w:rsidR="00CF5DBB">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="004B47EA" w:rsidR="00B97448">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00CF5DBB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">projekta aktivitātēm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00B97448">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>nav</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC70C2" w:rsidR="00CF5DBB">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00CF5DBB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> saimniecisks raksturs</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA7D1B" w:rsidR="00B97448">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00B97448">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA7D1B" w:rsidR="00CF5DBB">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00CF5DBB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA7D1B" w:rsidR="00B97448">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00DA7D1B" w:rsidR="00CF5DBB">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00B97448">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kas ietver preču vai pakalpojumu piedāvāšanu tirgū, un tiks sniegtas mērķa grupai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00B97448">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>bez maksas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00CF5DBB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, finansējums tiek piešķirts, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA7D1B" w:rsidR="00B97448">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00B97448">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ne</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA7D1B" w:rsidR="00CF5DBB">
-[...10 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00CF5DBB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">piemērojot šā nolikuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00D706BD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>22.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00CF5DBB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā minēto komercdarbības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00CF5DBB">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>atbalsta regulējumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00EA77E5">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="26579377" w14:textId="39891AE8">
+      <w:pPr>
+        <w:pStyle w:val="xmsonormal"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>projekt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="006A3734">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>iesniedzējam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="0010681D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, kur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00124E93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="0010681D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> projekta aktivitātēm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00562498">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="0010681D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saimniecisk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00562498">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="0010681D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rakstur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00562498">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00776D41">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00124E93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(šā nolikuma 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00A836C1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00124E93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00EA77E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>apakš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00124E93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>punktā minētais saimnieciskās darbības izslēdzošais kritērijs neizpildās)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00776D41">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finansējums tiek piešķirts, piemērojot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="002309B3">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">šā nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="00D706BD">
-[...259 lines deleted...]
-      <w:r w:rsidRPr="00436A2F">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00D706BD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00D706BD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>punktā minēto komercdarbības atbalsta regulējumu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00837EF7" w:rsidP="002C50F8" w14:paraId="08C0FFF8" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="08C0FFF8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="tv2132"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00C3367E" w:rsidP="002C50F8" w14:paraId="6F28885C" w14:textId="036E0B50">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="6F28885C" w14:textId="65B26400">
       <w:pPr>
         <w:pStyle w:val="tv2132"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C3367E">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Komercdarbības atbalstu konkursa ietvaros </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001A5E5F">
+        <w:t xml:space="preserve">Komercdarbības atbalstu konkursa ietvaros piešķir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="002309B3">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">piešķir </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002309B3">
+        <w:t xml:space="preserve">šā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">šā </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001A5E5F">
+        <w:t xml:space="preserve">nolikuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00A836C1">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>nolikuma</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C3367E">
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A836C1" w:rsidR="00A836C1">
+        <w:t xml:space="preserve">.4. un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00A836C1">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>20</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A836C1">
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>.4.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C3367E">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="009E7382">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="005E094C">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">un </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A836C1" w:rsidR="00A836C1">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>21</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A836C1">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00456FF6">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:t>apakš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā minētajos gadījumos saskaņā ar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eiropas Komisijas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00EA6C04">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A836C1" w:rsidR="009E7382">
+      <w:r w:rsidR="00835CE5">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A836C1" w:rsidR="005E094C">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gada </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00EA6C04">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00456FF6">
+      <w:r w:rsidR="00835CE5">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C3367E">
+        </w:rPr>
+        <w:t>decembra regulu (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00EA6C04">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>ES</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C3367E">
+        </w:rPr>
+        <w:t>) Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00EA6C04">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C3367E">
+        </w:rPr>
+        <w:t>2023/2831</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C3367E">
+        </w:rPr>
+        <w:t xml:space="preserve"> par Līguma par Eiropas Savienības darbību 107. un 108.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Eiropas Komisijas </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C3367E" w:rsidR="00EA6C04">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>20</w:t>
-[...65 lines deleted...]
-      <w:r w:rsidRPr="00C3367E">
+        <w:t xml:space="preserve">panta piemērošanu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>de</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C3367E">
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalstam (turpmāk – Komisijas regula Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00EA6C04">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2023/2831</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="01042544" w14:textId="544BB7CA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
-          <w:color w:val="auto"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C3367E">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00084B45">
         <w:rPr>
           <w:i/>
-          <w:color w:val="auto"/>
-[...30 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00007291" w:rsidP="002C50F8" w14:paraId="01042544" w14:textId="02F7160D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">minimis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00084B45">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>atbalstu saskaņā ar Komisijas regulu Nr.2023/2831 piešķir, ievērojot Komisijas regulas Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00084B45">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2023/2831 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00084B45">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>panta 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00084B45">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>punktā minētos nozaru un darbību ierobežojumus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="17164E4A" w14:textId="329EE85E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...191 lines deleted...]
-      <w:r w:rsidRPr="008D1A99" w:rsidR="00EB6A93">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00084B45">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>atbalsta pretendents vienlaikus darbojas vienā vai vairākās Komisijas regulas Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00084B45">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2023/2831 1.panta 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00084B45">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>punkta a), b), c) un d) apakšpunktā minētajās nozarēs, atbalstu drīkst piešķirt tikai tad, ja atbalsta pretendents nodrošina šo nozaru darbību vai uzskaites nodalīšanu, lai saskaņā ar Komisijas regulas Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00084B45">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2023/2831 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00084B45">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>panta 2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00084B45">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktu darbības izslēgtajās nozarēs negūst labumu no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00835CE5" w:rsidR="00084B45">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>de</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008D1A99" w:rsidR="00EB6A93">
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00084B45">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalsta, ko piešķir saskaņā ar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="003312F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">šo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="007A098F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00084B45">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>olikumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="4DC62348" w14:textId="1D768BD6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Kultūras ministrija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00CD4BE0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00EB6A93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iešķirot </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00EB6A93">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00EB6A93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalstu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00CD4BE0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00EB6A93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D1A99" w:rsidR="00EB6A93">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pār</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00F11118">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>bauda</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="002E07A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">plānotais </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>minimis</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="00CD4BE0">
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalsts kopā ar iepriekšējos trīs gados</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="002E07A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, skaitot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no atbalsta piešķiršanas dienas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="002E07A3">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="006146C4" w:rsidR="00EB6A93">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006146C4">
-[...34 lines deleted...]
-      <w:r w:rsidRPr="00464E9D">
+      <w:r w:rsidRPr="003858E0" w:rsidR="002E07A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">piešķirto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>de</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00464E9D">
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalstu viena vienota uzņēmuma līmenī nepārsniedz 300</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">000 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00464E9D">
+        <w:t>euro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B20B6" w:rsidR="00B42815">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja atbalsta apmērs, kuru plānots piešķirt atbilstoši saistošajiem noteikumiem kopā ar iepriekšējos trīs gados no atbalsta piešķiršanas dienas piešķirto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B20B6" w:rsidR="00B42815">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>minimis</w:t>
-[...50 lines deleted...]
-      <w:r w:rsidRPr="00464E9D">
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidR="009342DC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>de</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00464E9D">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B20B6" w:rsidR="00B42815">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00464E9D">
+        <w:t>minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B20B6" w:rsidR="00B42815">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalstu viena vienota uzņēmuma līmenī pārsniedz Komisijas regulas Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B20B6" w:rsidR="00B42815">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2023/2831 3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B20B6" w:rsidR="00B42815">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>panta 2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B20B6" w:rsidR="00B42815">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā noteikto robežlielumu, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B20B6" w:rsidR="00B42815">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>minimis</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00464E9D">
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidR="009342DC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>euro</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00464E9D">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B20B6" w:rsidR="00B42815">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>de</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00464E9D">
+        <w:t>minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B20B6" w:rsidR="00B42815">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalstu </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42815">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nepiešķir, vai Kultūras ministrija, kā atbalsta sniedzējs, vienojas ar projekta iesniedzēju par samazinātu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A0186" w:rsidR="00B42815">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00464E9D">
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidR="009342DC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>minimis</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00464E9D">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A0186" w:rsidR="00B42815">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>de</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>minimis</w:t>
       </w:r>
-      <w:r w:rsidRPr="006146C4">
-[...7 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="4544618D" w14:textId="32BC6872">
+      <w:r w:rsidR="00B42815">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalstu, kas nepārsniedz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465A81" w:rsidR="00B42815">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Komisijas regulas Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465A81" w:rsidR="00B42815">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2023/2831 3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465A81" w:rsidR="00B42815">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>panta 2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465A81" w:rsidR="00B42815">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā noteikto robežlielumu </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42815">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>projekta iesniedzējam viena vienota uzņēmuma līmenī</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B20B6" w:rsidR="00B42815">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Viens vienots uzņēmums atbilst Komisijas regulas Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B20B6" w:rsidR="00B42815">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2023/2831 2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B20B6" w:rsidR="00B42815">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>panta 2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B20B6" w:rsidR="00B42815">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>punktā minētajai definīcijai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="4544618D" w14:textId="6343AB56">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-        <w:t>ievērojot Komisijas regulas Nr.</w:t>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>projekta iesniedzējs, ievērojot Komisijas regulas Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidR="00CC300E">
+        <w:r w:rsidRPr="003858E0" w:rsidR="00CC300E">
           <w:rPr>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>2023/2831</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00640E3E">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00640E3E">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>panta 1. un 2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punkta nosacījumus, konkursa ietvaros piešķirto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00640E3E">
+      <w:r w:rsidR="009342DC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00640E3E">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>minimis</w:t>
       </w:r>
-      <w:r w:rsidRPr="00640E3E">
-[...34 lines deleted...]
-      <w:r w:rsidR="003312F4">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalstu drīkst kumulēt ar š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="003312F4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> nolikuma ietvaros piešķirto </w:t>
       </w:r>
-      <w:r w:rsidRPr="00640E3E">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00640E3E">
+      <w:r w:rsidR="009342DC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00640E3E">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>minimis</w:t>
       </w:r>
-      <w:r w:rsidRPr="00640E3E">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00640E3E">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalstu un citu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00640E3E">
+      <w:r w:rsidR="009342DC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00640E3E">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>minimis</w:t>
       </w:r>
-      <w:r w:rsidRPr="00640E3E">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> atbalstu</w:t>
       </w:r>
-      <w:r w:rsidRPr="009643AF" w:rsidR="009643AF">
+      <w:r w:rsidRPr="003858E0" w:rsidR="009643AF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, tai skaitā attiecībā uz vienām un tām pašām attiecināmajām izmaksām,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00640E3E">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> līdz </w:t>
       </w:r>
-      <w:r w:rsidR="002309B3">
+      <w:r w:rsidRPr="003858E0" w:rsidR="002309B3">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Komisijas </w:t>
       </w:r>
-      <w:r w:rsidRPr="00640E3E">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>regulas Nr.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidR="00CC300E">
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="003858E0" w:rsidR="00CC300E">
           <w:rPr>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>2023/2831</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00640E3E">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> ar </w:t>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>panta 2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā noteiktajam robežlielumam, kā arī drīkst kumulēt ar </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk54264213"/>
-      <w:r w:rsidRPr="00640E3E">
-[...20 lines deleted...]
-      <w:r w:rsidR="001647AA">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>citu komercdarbības atbalstu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="001647AA">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, tai skaitā</w:t>
       </w:r>
-      <w:r w:rsidRPr="00640E3E">
-[...6 lines deleted...]
-      <w:r w:rsidR="00133986">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attiecībā uz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>vienām un tām pašām attiecināmajām izmaksām</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00133986">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00640E3E">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00640E3E">
-[...34 lines deleted...]
-      <w:r w:rsidRPr="00640E3E">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ja kumulācijas rezultātā netiek pārsniegta attiecīgā maksimālā atbalsta intensitāte vai atbalsta summa, kāda noteikta komercdarbības atbalsta programmā, atbalsta projektā vai Eiropas Komisijas lēmumā. Konkursa ietvaros saņemto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00640E3E">
+      <w:r w:rsidR="009342DC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00640E3E">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>minimis</w:t>
       </w:r>
-      <w:r w:rsidRPr="00640E3E">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> atbalstu var apvienot ar citu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00640E3E">
+      <w:r w:rsidRPr="003858E0" w:rsidR="009342DC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00640E3E">
+      <w:r w:rsidR="009342DC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00640E3E">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>minimis</w:t>
       </w:r>
-      <w:r w:rsidRPr="00640E3E">
-[...28 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00DA6174" w:rsidP="002C50F8" w14:paraId="6B5F3F07" w14:textId="6416FABA">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalstu par vienām un tām pašām attiecināmajām izmaksām, ja pēc atbalstu apvienošanas vienai atbalsta vienībai vai izmaksu pozīcijai attiecīgā maksimālā atbalsta intensitāte nepārsniedz 100</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="6B5F3F07" w14:textId="32609931">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00655090">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">lai nodrošinātu kumulācijas prasību ievērošanu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00655090">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00655090">
+      <w:r w:rsidR="009342DC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00655090">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>minimis</w:t>
       </w:r>
-      <w:r w:rsidRPr="00655090">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> atbalsta ietvaros, projekta iesniedzējs iesniedz visu informāciju par plānoto un piešķirto komercdarbības atbalstu</w:t>
       </w:r>
-      <w:r w:rsidR="00B17469">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00B17469">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, tai skaitā </w:t>
       </w:r>
-      <w:r w:rsidRPr="00655090">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>par tām pašām attiecināmajām izmaksām, norādot atbalsta piešķiršanas datumu, atbalsta sniedzēju, atbalsta pasākumu un plānoto</w:t>
       </w:r>
-      <w:r w:rsidR="002309B3">
+      <w:r w:rsidRPr="003858E0" w:rsidR="002309B3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai </w:t>
       </w:r>
-      <w:r w:rsidRPr="00655090">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>piešķirto atbalsta summu vai atbalsta intensitāti</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="1F4E79"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00640E3E" w:rsidP="002C50F8" w14:paraId="4001E375" w14:textId="5CCE2248">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="4001E375" w14:textId="057CA87A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00640E3E">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">datus par </w:t>
       </w:r>
-      <w:r w:rsidRPr="00640E3E">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00640E3E">
+      <w:r w:rsidR="009342DC">
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalsta piešķiršanu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00640E3E">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="00640E3E">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Kultūras ministrija kā atbalsta sniedzējs uzglabā 10 gadus</w:t>
       </w:r>
-      <w:r w:rsidR="004F7BA9">
-[...13 lines deleted...]
-      <w:r w:rsidR="002E5D0A">
+      <w:r w:rsidRPr="003858E0" w:rsidR="004F7BA9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sākot no dienas, kurā saskaņā ar šajā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="002E5D0A">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="004F7BA9" w:rsidR="004F7BA9">
+      <w:r w:rsidRPr="003858E0" w:rsidR="004F7BA9">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">olikumā noteikto piešķirts pēdējais </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D1A99" w:rsidR="004F7BA9">
+      <w:r w:rsidRPr="003858E0" w:rsidR="004F7BA9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D1A99" w:rsidR="004F7BA9">
+      <w:r w:rsidR="009342DC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008D1A99" w:rsidR="004F7BA9">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="004F7BA9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>minimis</w:t>
       </w:r>
-      <w:r w:rsidRPr="004F7BA9" w:rsidR="004F7BA9">
-[...13 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="004F7BA9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalsts,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un projekta iesniedzējs kā atbalsta saņēmējs uzglabā datus 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="0088092D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gadus no atbalsta piešķiršanas dienas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="237FD958" w14:textId="67DF4FAE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidR="009342DC">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalsta piešķiršanas brīdi tiek uzskatīts brīdis, kad tiek pieņemts Kultūras ministrijas lēmums par līdzfinansējuma piešķiršanu</w:t>
+      </w:r>
+      <w:r w:rsidR="005F2495">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Kultūras ministrija </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261E59" w:rsidR="005F2495">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>veic atbalsta pretendenta izvērtēšanu atbilstoši Komisijas regulas Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261E59" w:rsidR="005F2495">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2023/2831 nosacījumiem uz atbalsta piešķiršanas brīdi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B20B6" w:rsidR="005F2495">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="7AC1D6A3" w14:textId="5CF126C5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lēmumu par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidR="009342DC">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalsta piešķiršanu konkursa ietvaros var pieņemt līdz Komisijas regulas Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="004D12EC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2023/2831</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">panta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="004D12EC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>punktā un 8.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pantā noteiktajam termiņam;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="79542AF7" w14:textId="5A454C68">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidR="009342DC">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">minimis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atbalsta uzskaite tiek veikta saskaņā ar normatīvajiem aktiem par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>de minimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalsta uzskaites un piešķiršanas kārtību;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="2D013A65" w14:textId="1F5BBE1E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1276" w:hanging="850"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="004061A7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="005D0723">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>tiek pārkāpti Komisijas regulas Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00835CE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="005D0723">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2023/2831 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="004061A7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nosacījumi, atbalsta saņēmējam ir pienākums atmaksāt Kultūras ministrijai kā atbalsta sniedzējam </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="008603F4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="001D7649">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="008603F4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00640E3E">
-[...420 lines deleted...]
-      <w:r w:rsidR="001D7649">
+      <w:r w:rsidRPr="003858E0" w:rsidR="001D7649">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="008603F4">
+      <w:r w:rsidRPr="003858E0" w:rsidR="008603F4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>olikuma</w:t>
       </w:r>
-      <w:r w:rsidRPr="004061A7" w:rsidR="004061A7">
+      <w:r w:rsidRPr="003858E0" w:rsidR="004061A7">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ietvaros saņemto </w:t>
       </w:r>
-      <w:r w:rsidR="005D0723">
+      <w:r w:rsidRPr="003858E0" w:rsidR="005D0723">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">nelikumīgo </w:t>
       </w:r>
-      <w:r w:rsidRPr="009A5E55" w:rsidR="004061A7">
+      <w:r w:rsidRPr="003858E0" w:rsidR="004061A7">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="009A5E55" w:rsidR="004061A7">
+      <w:r w:rsidR="009342DC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009A5E55" w:rsidR="004061A7">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="004061A7">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>minimis</w:t>
       </w:r>
-      <w:r w:rsidRPr="004061A7" w:rsidR="004061A7">
-[...7 lines deleted...]
-    <w:p w:rsidR="00D362D7" w:rsidRPr="00886A87" w:rsidP="002C50F8" w14:paraId="058C26AE" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0" w:rsidR="004061A7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalstu kopā ar procentiem no līdzekļiem, kas ir brīvi no komercdarbības atbalsta, atbilstoši Komercdarbības atbalsta kontroles likuma IV</w:t>
+      </w:r>
+      <w:r w:rsidR="00A479B5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="004061A7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai V</w:t>
+      </w:r>
+      <w:r w:rsidR="00795BEA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="004061A7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>nodaļas nosacījumiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D362D7" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="058C26AE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00ED5DE0" w:rsidP="00147DFA" w14:paraId="201CAA89" w14:textId="27AA6482">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="201CAA89" w14:textId="27AA6482">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED5DE0">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Attiecināmās un neattiecināmās izmaksas</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00886A87" w:rsidP="00147DFA" w14:paraId="06C709FD" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="06C709FD" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="00147DFA" w14:paraId="1CD6D593" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="1CD6D593" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="425" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
-[...21 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="78CC37C0" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Konkursa ietvaros līdzfinansējumu var piešķirt izmaksām, kas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="78CC37C0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
-[...28 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="4D83A84D" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir norādītas Eiropas Komisijas, starptautisko organizāciju vai ārvalstu fondu apstiprinātā projekta pieteikumā, kā arī tiks veiktas, ievērojot drošas finanšu vadības principus, tai skaitā ievērojot izmaksu lietderības, ekonomiskuma un efektivitātes principus; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="4D83A84D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
-[...70 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="4EDC6D03" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ir radušās Eiropas Komisijas, starptautisko organizāciju vai ārvalstu fondu apstiprinātā projekta īstenošanas laikā, kas noteikts projekta īstenošanas līgumā ar Eiropas Komisiju, starptautisko organizāciju vai ārvalstu fondu, ir faktiski veiktas, tās ir reāli apmaksājis projekta iesniedzējs līdz projekta iesnieguma noslēguma pārskata iesniegšanas dienai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="4EDC6D03" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
-[...20 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ir uzskaitītas projekta iesniedzēja grāmatvedības uzskaitē, ir identificējamas, nodalītas no pārējām izmaksām un pārbaudāmas, un tās apliecina attiecīgu attaisnojuma dokumentu oriģināli.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="794EDA29" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="6114616F" w14:textId="4E13CBB1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="425" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Šā n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">olikuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00A836C1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-        <w:widowControl w:val="0"/>
+      <w:r w:rsidR="00F51923">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>punktā minēto attiecināmo izmaksu ietvaros līdzfinansējumu var piešķirt šādām izmaksu pozīcijām:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C073F" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="3145B65F" w14:textId="22322D12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rojektiem, kuri </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00CB3353">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>iesniegti Eiropas Savienības programmas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00DC4F1A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006C738E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00CB3353">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Radošā Eiropa” ietvaros</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00AA7AAD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, kura pamatdarbība ir noteikta vispārējās ekonomiskās darbības klasifikācijas NACE 90.0 sadaļā –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00DC4F1A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F51923">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00AA7AAD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Radošas, mākslinieciskas un izklaides darbības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00AC70C2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00AA7AAD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un ir attiecināms uz kultūras nozari</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C073F" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="0E8672DA" w14:textId="5D39CE0E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>konferenču, semināru, apmācību un darbnīcu rīkošana;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C073F" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="0DA2E6D3" w14:textId="61E15F6A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>diskusiju un kultūrizglītojošu pasākumu rīkošana;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C073F" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="1E164C16" w14:textId="49EF5EAC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ceļa un uzturēšanās izdevumi (naktsmītnes, dienas naudas), ievērojot Ministru kabineta 2010.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D3D71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gada 12.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D3D71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>oktobra noteikumos Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D3D71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">969 </w:t>
+      </w:r>
+      <w:r w:rsidR="008D3D71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Kārtība, kādā atlīdzināmi ar komandējumiem saistītie izdevumi” noteikto kārtību;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C073F" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="49E0647E" w14:textId="7120E406">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>autortiesību objektu radīšana;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C073F" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="5EF8AAD6" w14:textId="66F81ED9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>koncertu, izstāžu, izrāžu un publisko lasījumu rīkošana;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C073F" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="77B5DC68" w14:textId="7D31D91F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>dalība Latvijai nozīmīgos Eiropas Savienības mēroga pasākumos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C073F" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="7C6378AA" w14:textId="479C9AFD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>publikāciju un izdales materiālu izstrādāšana un sagatavošana;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C073F" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="5DF2C46F" w14:textId="4B52716B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>atalgojums un darba devēja valsts sociālās apdrošināšanas obligātās iemaksas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C073F" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="34D5E645" w14:textId="64D39A5C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>komunikāciju izmaksas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C073F" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="24D59D81" w14:textId="6C6E8D21">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="2127" w:hanging="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>komunālo maksājumu izmaksas, ja t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="007D2600">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tiešā veidā saistīt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00D743C1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar projekta aktivitāšu norisi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C073F" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="7D3E506D" w14:textId="3E9A8819">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="2127" w:hanging="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>citas šajā punktā neminētas aktivitātes, kuru izmaksas līgumā, lēmumā vai apliecinājumā par Eiropas Komisijas piešķirtā līdzfinansējuma piešķiršanu ir norādītas kā attaisnotās izmaksas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C57BC" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="6168C67A" w14:textId="424F447C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>rojektiem, kuri iesniegti Eiropas Savienības programmas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00DC4F1A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D3D71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Radošā Eiropa” ietvaros, kura pamatdarbība nav noteikta vispārējās ekonomiskās darbības klasifikācijas NACE 90.0 sadaļā –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00DC4F1A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D3D71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Radošas, mākslinieciskas un izklaides darbības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00DC4F1A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un nav attiecināms uz kultūras nozari:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C57BC" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="0B931170" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>konferenču, semināru, apmācību un darbnīcu rīkošana;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C57BC" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="2410A45F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>diskusiju un kultūrizglītojošu pasākumu rīkošana;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C57BC" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="2D7E8A35" w14:textId="37501355">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ceļa un uzturēšanās izdevumi (naktsmītnes, dienas naudas), ievērojot Ministru kabineta 2010.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D3D71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gada 12.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D3D71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>oktobra noteikumos Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D3D71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">969 </w:t>
+      </w:r>
+      <w:r w:rsidR="008D3D71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Kārtība, kādā atlīdzināmi ar komandējumiem saistītie izdevumi” noteikto kārtību;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C57BC" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="6A88E7D8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>autortiesību objektu radīšana;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C57BC" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="21334C72" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>audiovizuālo materiālu izstrādāšana un sagatavošana;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C57BC" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="4808785F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>literāro darbu tulkošana, publicēšana un izdošana;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C57BC" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="07FEAEE1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>koncertu, izstāžu, izrāžu un publisko lasījumu rīkošana;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C57BC" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="5087A376" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>dalība Latvijai nozīmīgos Eiropas Savienības mēroga pasākumos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C57BC" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="7E96C8C5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>publikāciju un izdales materiālu izstrādāšana un sagatavošana;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C57BC" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="79A124C6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="2127" w:hanging="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>atalgojums un darba devēja valsts sociālās apdrošināšanas obligātās iemaksas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C57BC" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="360CBFD5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="2127" w:hanging="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>komunikāciju izmaksas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C57BC" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="2DCDACB5" w14:textId="3CE9CD4E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="2127" w:hanging="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>komunālo maksājumu izmaksas, ja t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="008942EC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tiešā veidā saistīt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="008942EC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar projekta aktivitāšu norisi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C57BC" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="4A12E2A9" w14:textId="52B967BD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="2127" w:hanging="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>citas šajā punktā neminētas aktivitātes, kuru izmaksas līgumā, lēmumā vai apliecinājumā par Eiropas Komisijas piešķirtā līdzfinansējuma piešķiršanu ir norādītas kā attaisnotās izmaksas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C073F" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="1DE5BF80" w14:textId="685CAF1C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00653D71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rojektiem, kuri </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00CB3353">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>iesniegti Eiropas Savienības programmas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00DC4F1A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D3D71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00CB3353">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Pilsoņi, vienlīdzība, tiesības un vērtības” ietvaros</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00653D71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00653D71" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="6D37DC7B" w14:textId="13124BAE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>konferenču, semināru, apmācību un darbnīcu rīkošana;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00653D71" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="61740145" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>diskusiju un kultūrizglītojošu pasākumu rīkošana;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00653D71" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="1E376C5A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>izpētes un ziņojumu sagatavošana;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00653D71" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="28BA591A" w14:textId="32504D58">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ceļa un uzturēšanās izdevumi (naktsmītnes, dienas naudas), ievērojot Ministru kabineta 2010.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D3D71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gada 12.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D3D71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>oktobra noteikumos Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D3D71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">969 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A479B5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kārtība, kādā atlīdzināmi ar komandējumiem saistītie izdevumi” noteikto kārtību; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00653D71" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="641D3322" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>autortiesību objektu radīšana;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00653D71" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="7E2D2471" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>audiovizuālo materiālu izstrādāšana un sagatavošana;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00653D71" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="3DB8EC80" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>koncertu, izstāžu, izrāžu un publisko lasījumu rīkošana;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00653D71" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="4B17A609" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>dalība Latvijai nozīmīgos Eiropas Savienības mēroga pasākumos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00653D71" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="30AE7B2A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1985" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>publikāciju un izdales materiālu izstrādāšana un sagatavošana;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00653D71" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="57ECCFAB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="2127" w:hanging="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pasākumu, kas saistīti ar totalitāro režīmu cēloņiem Eiropas mūsdienu vēsturē, kā arī citiem nozīmīgiem momentiem Eiropas vēsturē, organizēšana;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00653D71" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="0D3D8D52" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="2127" w:hanging="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>atalgojums un darba devēja valsts sociālās apdrošināšanas obligātās iemaksas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00653D71" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="54F81DA0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="2127" w:hanging="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>komunikāciju izmaksas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00653D71" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="27BA6962" w14:textId="71370515">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="2127" w:hanging="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>komunālo maksājumu izmaksas, ja t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="008942EC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tiešā veidā saistīt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="008942EC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar projekta aktivitāšu norisi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00653D71" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="3E37430F" w14:textId="55FB60B8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="2127" w:hanging="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>citas šajā punktā neminētas aktivitātes, kuru izmaksas līgumā, lēmumā vai apliecinājumā par Eiropas Komisijas piešķirtā līdzfinansējuma piešķiršanu ir norādītas kā attaisnotās izmaksas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="2DE3508A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="049586F8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:left="425" w:hanging="425"/>
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00A836C1" w:rsidR="00A836C1">
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Konkursa ietvaros neattiecināmas ir šādas izmaksas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="77677A7C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ēdināšanas izmaksas; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="57D2CF32" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kapitāla iegāde, datortehnikas un datortehnikas licenču iegāde;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="4D639D96" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pirms projekta iesnieguma iesniegšanas termiņa īstenoto pasākumu izmaksas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="01A156F7" w14:textId="1AC1B015">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pasākumu izmaksas, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00B12C7D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kuru izmaksas pilnībā sedz no valsts un pašvaldības budžeta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> līdzekļiem, tai skaitā Eiropas Savienības finanšu instrumentiem un citiem finanšu avotiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="2592028C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>juridisko un grāmatvedības ārpakalpojumu izmaksas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="6D786CE8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>līdzekļi, kas nepieciešami stipendiju izmaksai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="3FF6E087" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kārtējie komunālie maksājumi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="7D106DFC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pievienotās vērtības nodoklis gadījumos, ja projekta iesniedzējam ir tiesības pretendēt uz šī nodokļa atmaksu atbilstoši Latvijas Republikas normatīvajos aktos noteiktajā kārtībā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="7A585FAB" w14:textId="46D43396">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">citas izmaksas, kas neatbilst </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00D362D7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">šā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nolikuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="000012BE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A836C1">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="000012BE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00482B96">
-[...1769 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="2B5B1E88" w14:textId="77777777">
+      <w:r w:rsidR="00A479B5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>punktā minētajiem nosacījumiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00D90490" w14:paraId="2B5B1E88" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00ED5DE0" w:rsidP="002C50F8" w14:paraId="61AF012D" w14:textId="77777777">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="61AF012D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED5DE0">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Projekt</w:t>
-[...34 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="0093776C" w:rsidP="002C50F8" w14:paraId="11CCF6EA" w14:textId="77777777">
+        <w:t>Projektu iesniegumu vērtēšanas komisija</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="11CCF6EA" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="7F292122" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="7F292122" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="67E9030B" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Projektu iesniegumu vērtēšanu nodrošina ar Kultūras ministrijas valsts sekretāra rīkojumu izveidota projektu iesniegumu vērtēšanas komisija (turpmāk – komisija).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="67E9030B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="7126BA33" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="7126BA33" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
-[...35 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="75C2245F" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komisijas sastāvā ir: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="75C2245F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">komisijas priekšsēdētājs (ar balsstiesībām) – Kultūras ministrijas valsts sekretāra vietnieks attīstības un finanšu jautājumos; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="33FA3571" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="33FA3571" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>komisijas priekšsēdētāja vietnieks (ar balsstiesībām) – Kultūras ministrijas Eiropas Savienības fondu departamenta direktors;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="20E0FD4E" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="20E0FD4E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">komisijas locekļi (ar balsstiesībām): </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="003B7588" w:rsidP="002C50F8" w14:paraId="72625739" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="72625739" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="2041" w:hanging="907"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B7588">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>viens Kultūras ministrijas Kultūrpolitikas departamenta pārstāvis;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="003B7588" w:rsidP="002C50F8" w14:paraId="41B92742" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="41B92742" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="2041" w:hanging="907"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>viens Kultūras ministrijas Budžeta nodaļas pārstāvis;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="003B7588" w:rsidP="002C50F8" w14:paraId="7723EB0F" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="7723EB0F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="2041" w:hanging="907"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>divi Kultūras ministrijas Eiropas Savienības fondu departamenta pārstāvji;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="19180EB2" w14:textId="5E12A42A">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="19180EB2" w14:textId="5E12A42A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D362D7">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>komisijas sekretariāts (turpmāk – sekretariāts) (bez balsstiesībām)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D362D7" w:rsidR="00D362D7">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00D362D7">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
-      <w:r w:rsidRPr="0086283D">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>viens Kultūras ministrijas Eiropas Savienības fondu departamenta Eiropas Savienības kultūras kontaktpunkta nodaļas pārstāvis</w:t>
       </w:r>
-      <w:r w:rsidR="00D362D7">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00D362D7">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB3F43" w:rsidRPr="0086283D" w:rsidP="00147DFA" w14:paraId="7071E5FE" w14:textId="77777777">
-[...11 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00576296" w:rsidP="007C2F22" w14:paraId="38CAB566" w14:textId="03143150">
+    <w:p w:rsidR="00AB3F43" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="7071E5FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="38CAB566" w14:textId="132F9FA5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="425" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...20 lines deleted...]
-      <w:r w:rsidR="00D362D7">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komisijas priekšsēdētājs, komisijas priekšsēdētāja vietnieks un komisijas locekļi, kuri nav valsts amatpersonas, ar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00D362D7">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">šā </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">nolikuma </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC2876" w:rsidR="00EC2876">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00EC2876">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC2876">
-[...47 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="6882194A" w14:textId="0C30D559">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A479B5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>punktā minētā rīkojuma izdošanas brīdi uz komisijas darbības laiku iegūst valsts amatpersonas statusu ar visām no tā izrietošajām normatīvajos aktos noteiktajām saistībām un pienākumiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="539DD1AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="6882194A" w14:textId="0C30D559">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Komisija veic šādus uzdevumus:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="6211093E" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="6211093E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">izvērtē projekta iesniegumu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00386C06">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>atbilstību konkursa priekšnoteikumiem</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="429C75CD" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="429C75CD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
-[...28 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00386C06" w:rsidP="002C50F8" w14:paraId="076010FE" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>izvērtē projekta iesniegumu atbilstoši kvalitātes kritērijiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="076010FE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>pieņem lēmumu par projekta iesnieguma apstiprināšanu vai noraidīšanu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE734E" w:rsidP="002C50F8" w14:paraId="1CE46E20" w14:textId="487574FF">
+    <w:p w:rsidR="00EE734E" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="1CE46E20" w14:textId="487574FF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-      <w:r w:rsidR="00D362D7">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>sagatavo 67.06.00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00D362D7">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00386C06">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>apakšprogrammā paredzētā līdzfinansējuma izdevumu tāmi un ziņojumu par konkursa norisi</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00820F49" w:rsidRPr="0093776C" w:rsidP="002C50F8" w14:paraId="374EF6E1" w14:textId="38A02EC8">
+    <w:p w:rsidR="00820F49" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="374EF6E1" w14:textId="38A02EC8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">veic projekta </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>pārraudzības funkcijas;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE734E" w:rsidRPr="0093776C" w:rsidP="002C50F8" w14:paraId="730AF399" w14:textId="5D164748">
+    <w:p w:rsidR="00EE734E" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="730AF399" w14:textId="5D164748">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>izskata un apstiprina</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C" w:rsidR="0086283D">
+      <w:r w:rsidRPr="003858E0" w:rsidR="0086283D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C" w:rsidR="0086283D">
+      <w:r w:rsidRPr="003858E0" w:rsidR="0086283D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">līdzfinansējuma saņēmēja </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">sagatavotos lūgumus veikt grozījumus līgumos par līdzfinansējuma piešķiršanu projekta īstenošanai; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE734E" w:rsidRPr="0093776C" w:rsidP="002C50F8" w14:paraId="60741060" w14:textId="77777777">
+    <w:p w:rsidR="00EE734E" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="60741060" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">sniedz priekšlikumus par projektu iesniegumu ieviešanu, piešķirtā līdzfinansējuma maksājumu apturēšanu vai veikto izdevumu neattiecināšanu; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE734E" w:rsidRPr="0093776C" w:rsidP="002C50F8" w14:paraId="113D104B" w14:textId="5D154320">
+    <w:p w:rsidR="00EE734E" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="113D104B" w14:textId="1B33FF9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">nodrošina </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C" w:rsidR="0086283D">
+      <w:r w:rsidRPr="003858E0" w:rsidR="0086283D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">līdzfinansējuma saņēmējam </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>piešķirtā līdzfinansējuma uzraudzību, ievērojot komercdarbības atbalsta nosacījumus, kas ietverti šā nolikuma V</w:t>
       </w:r>
-      <w:r w:rsidR="00694AB7">
+      <w:r w:rsidRPr="003858E0" w:rsidR="006A12D6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="0093776C" w:rsidR="009A5E55">
+      <w:r w:rsidR="006A12D6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nodaļā </w:t>
+      </w:r>
+      <w:r w:rsidR="00A479B5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ar komercdarbības atbalsta saņemšanu saistītie nosacījumi”, tai skaitā uzrauga, ka tiek ievēroti komercdarbības atbalsta izslēdzošie nosacījumi, kas minēti šā nolikuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="009A5E55">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="00694AB7">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00694AB7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
-      <w:r w:rsidR="00297CF1">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00297CF1">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>no</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C" w:rsidR="009A5E55">
+      <w:r w:rsidRPr="003858E0" w:rsidR="009A5E55">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>daļā</w:t>
       </w:r>
-      <w:r w:rsidR="00EC5E4F">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00EC5E4F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C" w:rsidR="00EC5E4F">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidR="00A479B5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00EC5E4F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ar komercdarbības atbalsta saņemšanu saistītie nosacījumi”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, un nepieciešamības gadījumā veikt nelikumīga komercdarbības atbalsta atgūšanu atbilstoši šā nolikuma </w:t>
       </w:r>
-      <w:r w:rsidRPr="0086293B" w:rsidR="0086293B">
+      <w:r w:rsidRPr="003858E0" w:rsidR="0086293B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>22</w:t>
       </w:r>
-      <w:r w:rsidRPr="0086293B">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.10.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidR="00A479B5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">apakšpunktā noteiktajai procedūrai; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="0093776C" w:rsidP="002C50F8" w14:paraId="0B7899BF" w14:textId="34FC34E1">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="0B7899BF" w14:textId="34FC34E1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0093776C">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>lemj par citiem jautājumiem, kas ir būtiski projektu iesniegumu mērķu sasniegšanai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00386C06" w:rsidP="002C50F8" w14:paraId="2CAEF414" w14:textId="77777777">
-[...2 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="00817784" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="2CAEF414" w14:textId="77777777">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:left="792"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="4ED665E0" w14:textId="77777777">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="4ED665E0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Komisijai </w:t>
       </w:r>
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">ir </w:t>
-[...26 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="120F2E93" w14:textId="22604B2D">
+        <w:t>ir šādas tiesības:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="120F2E93" w14:textId="22604B2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
-[...28 lines deleted...]
-    <w:p w:rsidR="00820F49" w:rsidP="002C50F8" w14:paraId="6330CB1F" w14:textId="4A8565FE">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pieprasīt no projektu iesniedzējiem, valsts un pašvaldību institūcijām komisijas uzdevumu izpildei nepieciešamo informāciju;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00820F49" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="6330CB1F" w14:textId="4A8565FE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00820F49">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">pieprasīt un saņemt no </w:t>
       </w:r>
-      <w:r w:rsidR="0086283D">
-[...28 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="6B7A7BF7" w14:textId="2E57F2CF">
+      <w:r w:rsidRPr="003858E0" w:rsidR="0086283D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">līdzfinansējuma saņēmējiem </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>informāciju, kas nepieciešama projekta iesnieguma īstenošanas progresa izvērtēšanai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="6B7A7BF7" w14:textId="2E57F2CF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A968F1">
-[...28 lines deleted...]
-    <w:p w:rsidR="00820F49" w:rsidP="002C50F8" w14:paraId="7F0AB7A7" w14:textId="4C5ED13E">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pieaicināt piedalīties komisijas sēdēs ekspertus un speciālistus bez balsstiesībām;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00820F49" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="7F0AB7A7" w14:textId="4C5ED13E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00820F49">
-[...14 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="0086283D" w:rsidP="002C50F8" w14:paraId="54F2A645" w14:textId="7AA69B56">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>piesaistīt ekspertus projektu iesniegumu īstenošanas kvalitātes izvērtēšanai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="54F2A645" w14:textId="7AA69B56">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>pagarināt projektu iesniegumu iesniegšanas termiņu</w:t>
       </w:r>
-      <w:r w:rsidR="00820F49">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00820F49">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="7BE18280" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="7BE18280" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidP="007C2F22" w14:paraId="155855C0" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="155855C0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF3EE6">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00386C06">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komisijas priekšsēdētājs </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>veic šādus uz</w:t>
       </w:r>
-      <w:r w:rsidRPr="00386C06">
-[...14 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidP="007C2F22" w14:paraId="78DE53EE" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>devumus:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="78DE53EE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...35 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="0446BF9C" w14:textId="38DFB73A">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>plāno un organizē komisijas darbu, kā arī atbild par komisijas uzdevumu izpildi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="0446BF9C" w14:textId="38DFB73A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C062A2">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">nosaka </w:t>
       </w:r>
-      <w:r w:rsidR="00995EFE">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00995EFE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C062A2">
-[...14 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="293177C0" w14:textId="4A4A9D1C">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>omisijas sēžu vietu, laiku un darba kārtību;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="293177C0" w14:textId="4A4A9D1C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C062A2">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">sasauc un vada </w:t>
       </w:r>
-      <w:r w:rsidR="00995EFE">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00995EFE">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C062A2">
-[...14 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="69CBBD71" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>omisijas sēdes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="69CBBD71" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...49 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00DF3EE6" w:rsidP="002C50F8" w14:paraId="482F76D6" w14:textId="1183D520">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pauž komisijas viedokli ar konkursa norisi saistītajos jautājumos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="482F76D6" w14:textId="1183D520">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00386C06">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>iesniedz Kultūras ministrijas valsts sekretāram apstiprināšanai 67.06.00</w:t>
       </w:r>
-      <w:r w:rsidR="00886A87">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00886A87">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00386C06">
-[...21 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="001C7D48" w:rsidP="002C50F8" w14:paraId="5FEEC0F6" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apakšprogrammā paredzētā līdzfinansējuma izdevumu tāmi un ziņojumu par konkursa norisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="5FEEC0F6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00386C06" w:rsidP="002C50F8" w14:paraId="656D99AC" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="656D99AC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00386C06">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Sekretariāts</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> veic šādus uz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>veic šādus uz</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">devumus: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00386C06" w:rsidP="002C50F8" w14:paraId="38AD4270" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="38AD4270" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00386C06">
-[...35 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00386C06" w:rsidP="002C50F8" w14:paraId="69DA8C31" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>veic projekta iesnieguma atvēršanu un reģistrēšanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="69DA8C31" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00386C06">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00386C06">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>sniedz priekšlikumus komisijai par projekta ies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>niegum</w:t>
-[...18 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="008F5E20" w:rsidP="002C50F8" w14:paraId="004114E9" w14:textId="77777777">
+        <w:t>nieguma atbilstību konkursa priekšnoteikumiem:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="004114E9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:hanging="221"/>
+        <w:ind w:left="1985" w:hanging="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="008F5E20">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>prasības projekta iesniedzējam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="008F5E20" w:rsidP="002C50F8" w14:paraId="5BCBF1B4" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="5BCBF1B4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:hanging="221"/>
+        <w:ind w:left="1985" w:hanging="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>p</w:t>
-[...18 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="008F5E20" w:rsidP="002C50F8" w14:paraId="3A047609" w14:textId="77777777">
+        <w:t>projekta iesnieguma iesniegšana un sagatavošana;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="3A047609" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F5E20">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>nodrošina projekt</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>nodrošina projekta iesnieguma u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...37 lines deleted...]
-        </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidRPr="008F5E20">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">labāšanu vērtēšanas laikā; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="000609F8" w:rsidP="002C50F8" w14:paraId="583111DB" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="583111DB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A968F1">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>savlaicīgi sagatavo darba materiālus komisijai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="000609F8" w:rsidP="002C50F8" w14:paraId="6D86EF8C" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="6D86EF8C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A968F1">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">nodrošina komisijas sēžu protokolēšanu un protokolu sagatavošanu; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00F628D7" w:rsidP="002C50F8" w14:paraId="6CA0CAC3" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="6CA0CAC3" w14:textId="34E20D51">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000609F8">
-[...21 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00F628D7" w:rsidP="002C50F8" w14:paraId="6F8F933F" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>nodrošina lēmuma par projekta iesnieguma apstiprināšanu vai noraidīšanu sagatavošanu un saskaņošanu atbilstoši Kultūras ministrijas iekšējiem noteikumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="6F8F933F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C062A2">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">organizatoriski un </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>tehniski nodrošina</w:t>
-[...9 lines deleted...]
-      <w:r>
+        <w:t>tehniski nodrošina komisija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>s darbu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="7210D431" w14:textId="77777777">
-[...2 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="00817784" w:rsidRPr="00D90490" w:rsidP="00D90490" w14:paraId="7210D431" w14:textId="77777777">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:left="1134"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="0AA942D5" w14:textId="619BCF80">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="0AA942D5" w14:textId="5F25A9C0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...27 lines deleted...]
-      <w:r w:rsidR="00577F64">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komisijas priekšsēdētājs, komisijas priekšsēdētāja vietnieks un komisijas locekļi pirms projektu iesniegumu vērtēšanas uzsākšanas izvērtē, vai tie neatrodas interešu konflikta situācijā un, ja nekonstatē interešu konfliktu vienā vai vairākās </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00577F64">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">šā </w:t>
       </w:r>
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">nolikuma </w:t>
       </w:r>
-      <w:r w:rsidRPr="009761C7" w:rsidR="009761C7">
+      <w:r w:rsidRPr="003858E0" w:rsidR="009761C7">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>34</w:t>
       </w:r>
-      <w:r w:rsidRPr="009761C7">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidR="00012147">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>punktā noteiktajās interešu konflikta situācijās, paraksta apliecinājumu (</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00C70F90">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00012147">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pielikums).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F0AAB" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="2C3910B6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="2B116B45" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komisijas priekšsēdētājs, komisijas priekšsēdētāja vietnieks un komisijas loceklis atrodas interešu konfliktā, ja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="564CF561" w14:textId="014F866D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">situācija ir uzskatāma par interešu konfliktu likuma </w:t>
+      </w:r>
+      <w:r w:rsidR="00012147">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Par interešu konflikta novēršanu valsts amatpersonu darbībā” izpratnē; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="616E76BC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">persona atzīst, ka pastāv objektīvi vai subjektīvi iemesli, kas viņai traucē veikt objektīvu projekta iesnieguma izvērtēšanu; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="65CDE4BC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="1134" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pēc personas uzskatiem, ētisku apsvērumu dēļ varētu tikt apšaubīta viņas darbības objektivitāte un neitralitāte. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="26CCE35B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="1D3AD27B" w14:textId="3D3635A1">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja komisijas priekšsēdētājs atrodas vienā vai vairākās </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00577F64">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">šā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>nolikuma 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="009761C7">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00482B96">
-[...10 lines deleted...]
-        <w:widowControl w:val="0"/>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00012147">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā noteiktajās interešu konflikta situācijās, viņš nekavējoties par to informē Kultūras ministrijas valsts sekretāru un darbu komisijā neturpina. Viņa vietā darbu komisijā turpina komisijas priekšsēdētāja vietnieks. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="74A989E7" w14:textId="42EE15F9">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidP="003910C4" w14:paraId="271C5F3A" w14:textId="2D4894EF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja komisijas priekšsēdētāja vietnieks vai komisijas loceklis atrodas vienā vai vairākās </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00577F64">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">šā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>nolikuma 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="009761C7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00012147">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>punktā noteiktajās interešu konflikta situācijās, viņš nekavējoties par to informē komisijas priekšsēdētāju un darbu komisijā neturpina. Šādā gadījumā sekretariāts sagatavo attiecīgus grozījumus rīkojumā par komisijas sastāvu un iesniedz Kultūras ministrijas valsts sekretāram apstiprināšanai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046737D" w:rsidP="0046737D" w14:paraId="604E63AC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="2B116B45" w14:textId="77777777">
-[...2 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="2922A0C6" w14:textId="0F06388B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
-[...132 lines deleted...]
-        <w:pStyle w:val="Default"/>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komisijas pieaicinātais eksperts pirms projektu iesniegumu vērtēšanas uzsākšanas izvērtē, vai tas neatrodas interešu konflikta situācijā, un, ja nekonstatē interešu konfliktu vienā vai vairākās </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00577F64">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">šā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>nolikuma 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="009761C7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00012147">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>punktā noteiktajās interešu konflikta situācijās, paraksta apliecinājumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="307E828E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="00634507" w14:textId="3CB78218">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
-[...6 lines deleted...]
-      <w:r w:rsidR="00577F64">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja eksperts atrodas vienā vai vairākās </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00577F64">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">šā </w:t>
       </w:r>
-      <w:r w:rsidRPr="009761C7">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>nolikuma 3</w:t>
       </w:r>
-      <w:r w:rsidRPr="009761C7" w:rsidR="009761C7">
+      <w:r w:rsidRPr="003858E0" w:rsidR="009761C7">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="009761C7">
-[...10 lines deleted...]
-        <w:widowControl w:val="0"/>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.punktā noteiktajās interešu konflikta situācijās, viņš attiecīgo projekta iesniegumu neizskata, un komisija lemj par projekta iesnieguma nodošanu izskatīšanai citam ekspertam. Eksperts nav tiesīgs piedalīties komisijas sēdes daļā, kurā izskata projekta iesniegumu, saistībā ar kuru tam ir interešu konflikts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="7B5BBCEF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="096C2127" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009761C7">
-[...9 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ja komisijas priekšsēdētājs, komisijas priekšsēdētāja vietnieks, komisijas loceklis vai eksperts projektu iesniegumu vērtēšanas procesa gaitā secina, ka atrodas interešu konflikta situācijā saistībā ar kādu izvērtējamo projekta iesniegumu, viņš nekavējoties par to informē komisijas priekšsēdētāju vai Kultūras ministrijas valsts sekretāru un pārtrauc darbu pie konkrētā projekta iesnieguma vērtēšanas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="14408E7E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="0BA72988" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009761C7">
-[...37 lines deleted...]
-        <w:widowControl/>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Komisijas sēdi vada komisijas priekšsēdētājs. Komisijas priekšsēdētāja prombūtnes laikā komisijas sēdi vada komisijas priekšsēdētāja vietnieks. Komisijas sēdi komisijas priekšsēdētāja uzdevumā sasauc sekretariāts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="26F0EAE6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="03703EA5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Sekretariāts ne vēlāk kā divas darba dienas pirms paredzētās komisijas sēdes informē komisijas locekļus un ekspertus, ja attiecināms, par komisijas sēdes norises laiku un vietu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="041FDF31" w14:textId="77777777">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...7 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="55C20476" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009761C7">
-[...35 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="009761C7" w:rsidP="002C50F8" w14:paraId="307E828E" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Komisija ir lemttiesīga, ja sēdē piedalās ne mazāk kā četri no balsstiesīgajiem komisijas locekļiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="0F31FC69" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="00634507" w14:textId="3CB78218">
-[...235 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="0BACFDF2" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="0BACFDF2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB471D">
-[...31 lines deleted...]
-        <w:widowControl w:val="0"/>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Komisija lēmumus pieņem ar vienkāršu balsu vairākumu. Ja balsis sadalās vienādi, tad izšķirošā ir komisijas priekšsēdētāja balss.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="0696F06E" w14:textId="399EFD64">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:ind w:left="426"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="67925252" w14:textId="77777777">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="67925252" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB471D">
-[...26 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="3AA4C8F2" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komisijas sēdes ir slēgtas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="736D13FD" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="3AA4C8F2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...41 lines deleted...]
-      <w:r w:rsidRPr="00A56C73">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sekretariāts ne vēlāk kā piecu darba dienu laikā pēc komisijas sēdes norises dienas sagatavo komisijas sēdes protokolu un nosūta saskaņošanai komisijas locekļiem. Komisijas sēdes protokolu paraksta komisijas locekļi, kuri </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">piedalījušies attiecīgajā komisijas sēdē, un sekretariāta pārstāvis, kas sagatavojis attiecīgo komisijas sēdes protokolu. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="5EBDC574" w14:textId="77777777">
-[...11 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="314CCF4E" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="5EBDC574" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="314CCF4E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00A56C73" w:rsidP="002C50F8" w14:paraId="6AB9A6D8" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komisijas sēdes protokolā norāda šādu informāciju: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="6AB9A6D8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>komisijas sēdes datumu un norises vietu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00A56C73" w:rsidP="002C50F8" w14:paraId="6F429F8E" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="6F429F8E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>komisijas sēdes darba kārtību;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00A56C73" w:rsidP="002C50F8" w14:paraId="69F00AC9" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="69F00AC9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">personas, kuras piedalās komisijas sēdē; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="38DAB921" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="38DAB921" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>komisijas priekšsēdētāja vai sekretariāta ziņojumu par izskatāmajiem jautājumiem komisijas sēdē;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="39FD0759" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="39FD0759" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">jautājumus, par kuriem komisijas locekļi balso; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="3B0FAB70" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="3B0FAB70" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
-[...21 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="6330B3D0" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pieņemto lēmumu komisijas sēdē;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="6330B3D0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>citu informāciju pēc nepieciešamības.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="5E6F2161" w14:textId="77777777">
-[...11 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="686078E0" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="5E6F2161" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="686078E0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A968F1">
-[...47 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00ED5DE0" w:rsidP="002C50F8" w14:paraId="1865AA64" w14:textId="236BBBA6">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Komisijas sēžu protokolus un ar projektu iesniegumu vērtēšanas procesu saistītos dokumentus uzglabā Eiropas Savienības fondu departamentā saskaņā ar Kultūras ministrijas lietu nomenklatūru. Minētie dokumenti ir ierobežotas pieejamības informācija un pieejami saskaņā ar Informācijas atklātības likumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="580A2621" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="1865AA64" w14:textId="236BBBA6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED5DE0">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Projekta iesnieguma atvēršana un vērtēšana un lēmuma par projekta iesnieguma apstiprināšanu vai noraidīšanu pieņemšanas kārtība</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="002C50F8" w:rsidP="002C50F8" w14:paraId="0F466F1C" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="0F466F1C" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="1C21422B" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="1C21422B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Komisijas priekšsēdētājs pēc projektu iesniegumu iesniegšanas termiņa beigām sasauc projektu iesniegumu atvēršanas sēdi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="42F4198D" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="29851D53" w14:textId="28BF5EDD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sekretariāts projektu iesniegumu atvēršanas sēdē </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00884212">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>katram projekt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00953122">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00884212">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iesniegumam piešķir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> projekta iesnieguma identifikācijas numuru, kas sastāv no projekta iesnieguma kārtas numura pēc iesniegšanas secības.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="72C2D097" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="36C93016" w14:textId="5A102EB2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Sekretariāts projektu iesniegumu atvēršanas sēdē aizpilda un iesniedz komisijai izvērtēšanai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>projekta iesnieguma priekšnoteikumu vērtēšanas veidlapu (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E1C76" w:rsidR="00471F2F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="42F4198D" w14:textId="77777777">
+      <w:r w:rsidR="00012147">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pielikums)</w:t>
+      </w:r>
+      <w:r w:rsidR="008036F8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="5F467FF3" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="2EA783D1" w14:textId="6EE9F06D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ja projekta iesniegums neatbilst vismaz vienam projekta iesnieguma vērtēšanas priekšnoteikumam, komisija projekta iesniegumu vērtēšanai atbilstoši kvalitātes kritērijiem nevirza, un sekretariāts sagatavo lēmuma projektu par projekta iesnieguma noraidīšanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B7E94" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="1FB96AFA" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidP="003910C4" w14:paraId="6B78AA09" w14:textId="39DC46D8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja projekta iesniegums atbilst visiem projekta iesnieguma vērtēšanas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008742E3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>priekšnoteikumiem, komisija attiecīgo projekta iesniegumu virza vērtēšanai atbilstoši kvalitātes kritērijiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008742E3" w:rsidR="00E5208B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002657AA" w:rsidP="003910C4" w14:paraId="2B21E28E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="00C35FA4" w:rsidP="002C50F8" w14:paraId="29851D53" w14:textId="28BF5EDD">
+    <w:p w:rsidR="00817784" w:rsidRPr="0046737D" w:rsidP="00D90490" w14:paraId="0F20158E" w14:textId="710D23DB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="425" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008742E3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Komisija vērtē projekta iesniegumu atbilstoši kvalitātes kritērijiem un aizpilda projekta iesnieguma kvalitātes kritēriju vērtēšanas veidlapu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E1C76">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E1C76">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pielikums)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C6013" w:rsidP="003910C4" w14:paraId="6F1ED05A" w14:textId="680DB57D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="425" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008742E3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja projekta iesniegums </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008742E3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>visos kvalitātes kritērijos saņem vērtējumu ar atbildi “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008742E3" w:rsidR="00A42397">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008742E3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ā”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008742E3" w:rsidR="00A5796F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00A5796F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Daļēji”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, projekta iesniegums tiek </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00D3417F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>atbalstīts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> līdzfinansējuma piešķiršanai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002657AA" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="4EAD2FA8" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="7FF19A69" w14:textId="58550C2C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="425" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja projekta iesniegums </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00C7265C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kādā no kvalitātes kritērij</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00C05AA1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>iem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00C7265C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saņem vērtējumu “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00A42397">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00C7265C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ē”, komisija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00A5796F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00C7265C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lemj par projekta iesnieguma </w:t>
+      </w:r>
+      <w:r w:rsidR="00594C89">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>noraidīšanu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00C05AA1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00704329">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00C7265C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ekretariāts sagatavo lēmuma projektu par projekta iesnieguma noraidīšanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="72BDBADB" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5208B" w:rsidRPr="00D90490" w:rsidP="003910C4" w14:paraId="3C67A49F" w14:textId="29BAC832">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...27 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Sekretariāts pēc projekt</w:t>
+      </w:r>
+      <w:r w:rsidR="003562A5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C35FA4">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iesniegumu vērtēšanas atbilstoši kvalitātes kritērijiem</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0FF5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apkopo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00D3417F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>atbalstīto</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0FF5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="00D3417F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>projektu iesniegumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00B07540">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6074">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D61723">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D90490" w:rsidR="00D61723">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>aprēķin</w:t>
+      </w:r>
+      <w:r w:rsidR="00D61723">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D90490" w:rsidR="00D61723">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> visu atbalstīto projekta iesniegumu kopējo pieprasīto finansējum</w:t>
+      </w:r>
+      <w:r w:rsidR="00D61723">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D90490" w:rsidR="00D61723">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apjomu</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6074">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un</w:t>
+      </w:r>
+      <w:r w:rsidR="00B07540">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izvērtē</w:t>
+      </w:r>
+      <w:r w:rsidR="00203EB3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE425F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">katra </w:t>
+      </w:r>
+      <w:r w:rsidR="00203EB3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>projekt</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE425F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00203EB3">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegum</w:t>
       </w:r>
-      <w:r>
-[...20 lines deleted...]
-      <w:r w:rsidR="00953122">
+      <w:r w:rsidR="00DE425F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00884212" w:rsidR="00884212">
-[...30 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00C35FA4" w:rsidP="002C50F8" w14:paraId="36C93016" w14:textId="77777777">
+      <w:r w:rsidR="00B07540">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E769AD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">attiecināmo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>izdevumu tāmes (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="007C797C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002657AA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pielikums) pozīcij</w:t>
+      </w:r>
+      <w:r w:rsidR="00244ABF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ās iekļautās</w:t>
+      </w:r>
+      <w:r w:rsidR="004514CA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attiecināmās un neattiecināmās </w:t>
+      </w:r>
+      <w:r w:rsidR="00730EAD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>izmaksas</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE425F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5208B" w:rsidRPr="00D90490" w:rsidP="00D90490" w14:paraId="6F23432C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="00297C0D" w:rsidP="00297C0D" w14:paraId="73B6688E" w14:textId="5B6A4E34">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C35FA4">
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00297C0D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja visu atbalstīto projekta iesniegumu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297C0D" w:rsidR="00AB2FF6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kopējais</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8122C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297C0D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pieprasītais </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297C0D" w:rsidR="00012E85">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>attiecinā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297C0D" w:rsidR="006B4AC1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mo izmaksu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297C0D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>finansējum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297C0D" w:rsidR="00AB2FF6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a apjoms</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297C0D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārsniedz konkursā pieejamo finansējumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297C0D" w:rsidR="00142A03">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297C0D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sekretariāts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297C0D" w:rsidR="00C05AA1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>veic aprēķinu līdzfinansējuma piešķiršanai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297C0D" w:rsidR="00642FC3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297C0D" w:rsidR="00C05AA1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nosakot </w:t>
+      </w:r>
+      <w:r w:rsidR="00C40AB4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>koeficientu procentos</w:t>
+      </w:r>
+      <w:r w:rsidR="009932AD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, ko aprēķina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297C0D" w:rsidR="00BC207F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297C0D" w:rsidR="00234730">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>konkursa ietvaros pieejamo līdzfinansējumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297C0D" w:rsidR="006654BE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dalot ar kopējo pieprasīt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297C0D" w:rsidR="00DE64BF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297C0D" w:rsidR="006654BE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attiecināmo izmaksu finansējuma apjom</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297C0D" w:rsidR="00DE64BF">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C35FA4">
-[...72 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="2EA783D1" w14:textId="6EE9F06D">
+      <w:r w:rsidR="006332FD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297C0D" w:rsidR="00D52E39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un informē komisiju par daļēju līdzfinansējuma piešķīrumu 67.06.00 apakšprogrammā iesniegtaj</w:t>
+      </w:r>
+      <w:r w:rsidR="00156B9E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>iem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297C0D" w:rsidR="00D52E39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> projekta iesniegum</w:t>
+      </w:r>
+      <w:r w:rsidR="00156B9E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>iem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00297C0D" w:rsidR="00297C0D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A4CB0" w:rsidRPr="00D90490" w:rsidP="00156B9E" w14:paraId="1928EE33" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="00D90490" w:rsidP="00156B9E" w14:paraId="26CA30EE" w14:textId="082E86F2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C35FA4">
-[...5 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">komisija </w:t>
-[...9 lines deleted...]
-    <w:p w:rsidR="001B7E94" w:rsidRPr="001B7E94" w:rsidP="002C50F8" w14:paraId="1FB96AFA" w14:textId="77777777">
+        <w:t xml:space="preserve">Lai aprēķinātu </w:t>
+      </w:r>
+      <w:r w:rsidR="00C77FE2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>katra atbalstītā projekta iesnieguma finansējuma apjomu</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67653">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, s</w:t>
+      </w:r>
+      <w:r w:rsidR="0012050B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ekretariāts</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67653">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D90490" w:rsidR="00C816FD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>šā nolikuma 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00C816FD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D90490" w:rsidR="00C816FD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. punktā aprēķināto </w:t>
+      </w:r>
+      <w:r w:rsidR="00C816FD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>koeficientu procentos</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67653">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reizina ar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00351060" w:rsidR="00351060">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Kultūras ministrijai pieprasīt</w:t>
+      </w:r>
+      <w:r w:rsidR="00351060">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00351060" w:rsidR="00351060">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> līdzfinansējuma apjom</w:t>
+      </w:r>
+      <w:r w:rsidR="00351060">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00351060" w:rsidR="00351060">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF63AB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E75488">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF63AB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pielikum</w:t>
+      </w:r>
+      <w:r w:rsidR="00351060">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF63AB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC51B7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un iesniedz komisijai apstiprināšanai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00026796" w:rsidRPr="00156B9E" w:rsidP="000F125F" w14:paraId="631CB3A5" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="6B78AA09" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00156B9E" w14:paraId="6ADD361B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C35FA4">
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00D90490">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Sekretariāts atbilstoši komisijas lēmumam sagatavo, un komisijas priekšsēdētājs iesniedz Kultūras ministrijas valsts sekretāram apstiprināšanai 67.06.00 apakšprogrammā paredzētā līdzfinansējuma izdevumu tāmi un ziņojumu par</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> konkursa norisi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003910C4" w:rsidP="00156B9E" w14:paraId="1F7D2494" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00156B9E" w14:paraId="0EA23923" w14:textId="261AD08D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="425" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komisijas sēdes notiek ne retāk kā reizi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="006001E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gadā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00817784" w:rsidRPr="0057637F" w:rsidP="002C50F8" w14:paraId="0F20158E" w14:textId="77777777">
-[...934 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidP="002C50F8" w14:paraId="0076A8EB" w14:textId="77777777">
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00156B9E" w14:paraId="0076A8EB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F94AF7" w:rsidP="002C50F8" w14:paraId="0E9AE1E3" w14:textId="77777777">
+    <w:p w:rsidR="00F94AF7" w:rsidRPr="003858E0" w:rsidP="00156B9E" w14:paraId="0E9AE1E3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
+        <w:ind w:left="425" w:hanging="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Konkursa rezultātu paziņošana, līguma slēgšana un </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00D90490" w14:paraId="674F82D5" w14:textId="04BAD570">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="425"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>atskaišu iesniegšanas kārtība</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="00D90490" w:rsidP="00D90490" w14:paraId="705B07AF" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00D90490" w14:paraId="6F42AA66" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
-        <w:jc w:val="center"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="009D58DF" w:rsidP="002C50F8" w14:paraId="705B07AF" w14:textId="77777777">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Kultūras ministrija konkursa rezultātus projektu iesniedzējiem paziņo pēc 67.06.00 apakšprogrammā paredzētā līdzfinansējuma izdevumu tāmes apstiprināšanas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="6B90058F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="003B7588" w:rsidP="002C50F8" w14:paraId="6F42AA66" w14:textId="77777777">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="00D90490" w14:paraId="0F323E8E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...33 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="0F323E8E" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Sekretariāts pēc Kultūras ministrijas lēmuma pieņemšanas par līdzfinansējuma piešķiršanu nosūta līdzfinansējuma saņēmējam līguma projektu par līdzfinansējuma piešķiršanu projekta īstenošanai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="4BD07E3D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...89 lines deleted...]
-    <w:p w:rsidR="00817784" w:rsidRPr="00482B96" w:rsidP="002C50F8" w14:paraId="4BD07E3D" w14:textId="77777777">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Kultūras ministrija pēc līguma projekta saskaņošanas ar līdzfinansējuma saņēmēju slēdz līgumu par līdzfinansējuma piešķiršanu projekta īstenošanai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00817784" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="1887D7A2" w14:textId="07A4EFAA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24A5F" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="50ED3831" w14:textId="64BD5E61">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...26 lines deleted...]
-    <w:p w:rsidR="00F24A5F" w:rsidP="002C50F8" w14:paraId="50ED3831" w14:textId="64BD5E61">
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Līdzfinansējums saņēmējam tiek ieskaitīts pēc līguma noslēgšanas un atbilstoši līguma nosacījumiem, pārskaitot līgumā minēto līdzfinansējuma apmēru uz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0" w:rsidR="008B2CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">līdzfinansējuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>saņēmēja atvērto Valsts kases kontu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24A5F" w:rsidRPr="003910C4" w:rsidP="00D90490" w14:paraId="379187EB" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003723AA" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="47E1168F" w14:textId="2C5EEE6B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00482B96">
-[...72 lines deleted...]
-      <w:r w:rsidRPr="00F24A5F">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Līdzfinansējuma saņēmējs pēc projekta īstenošanas līgumā noteiktajā termiņā iesniedz Kultūras ministrijā pārskatu par piešķirtā valsts budžeta izlietojumu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F637F1" w:rsidRPr="0086283D" w:rsidP="002C50F8" w14:paraId="212B47AA" w14:textId="755C14B9">
+    <w:p w:rsidR="00F637F1" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="212B47AA" w14:textId="755C14B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006001E0" w:rsidRPr="0086283D" w:rsidP="002C50F8" w14:paraId="6894026D" w14:textId="77777777">
+    <w:p w:rsidR="006001E0" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="6894026D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002A70E1" w:rsidRPr="003723AA" w:rsidP="002C50F8" w14:paraId="146904D3" w14:textId="77777777">
+    <w:p w:rsidR="002A70E1" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="146904D3" w14:textId="22BA9019">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="8789"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Valsts sekretāre</w:t>
       </w:r>
-      <w:r w:rsidRPr="003723AA" w:rsidR="003723AA">
+      <w:r w:rsidRPr="003858E0" w:rsidR="003723AA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="003723AA">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>(paraksts*)</w:t>
       </w:r>
-      <w:r w:rsidRPr="003723AA" w:rsidR="003723AA">
+      <w:r w:rsidRPr="003858E0" w:rsidR="003723AA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="00CE546B">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00CE546B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="004E1C76">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858E0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
         <w:t>Vilsone</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A70E1" w:rsidRPr="003723AA" w:rsidP="002C50F8" w14:paraId="1BEAD1BF" w14:textId="77777777">
+    <w:p w:rsidR="002A70E1" w:rsidRPr="003858E0" w:rsidP="00D90490" w14:paraId="1BEAD1BF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002A70E1" w:rsidRPr="003723AA" w:rsidP="002C50F8" w14:paraId="1A7D3D9E" w14:textId="77777777">
+    <w:p w:rsidR="002A70E1" w:rsidRPr="003858E0" w:rsidP="00D90490" w14:paraId="1A7D3D9E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C53098" w:rsidP="002C50F8" w14:paraId="51B196D6" w14:textId="77777777">
+    <w:p w:rsidR="00C53098" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="51B196D6" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003723AA">
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>* Dokuments ir parakstīts ar drošu elektronisko parakstu</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E5194C" w:rsidP="002C50F8" w14:paraId="58EDA732" w14:textId="77777777">
+    <w:p w:rsidR="00E5194C" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="58EDA732" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00045A48" w:rsidP="002C50F8" w14:paraId="63545031" w14:textId="77777777">
+    <w:p w:rsidR="00045A48" w:rsidP="003910C4" w14:paraId="63545031" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C53098" w:rsidP="002C50F8" w14:paraId="625C44B0" w14:textId="2FC986F5">
+    <w:p w:rsidR="004E1C76" w:rsidP="003910C4" w14:paraId="18DC817E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E1C76" w:rsidP="003910C4" w14:paraId="7D1ED323" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E1C76" w:rsidP="003910C4" w14:paraId="0508F474" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E1C76" w:rsidP="003910C4" w14:paraId="1FCAA5A0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E1C76" w:rsidP="003910C4" w14:paraId="4C6E1A17" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37DAC" w:rsidP="003910C4" w14:paraId="2B062303" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37DAC" w:rsidP="003910C4" w14:paraId="6DEF563C" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37DAC" w:rsidP="003910C4" w14:paraId="5E865307" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37DAC" w:rsidP="003910C4" w14:paraId="517FBDF3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37DAC" w:rsidP="003910C4" w14:paraId="1D8CAAEC" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37DAC" w:rsidP="003910C4" w14:paraId="040F8D3F" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37DAC" w:rsidP="003910C4" w14:paraId="1917729B" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37DAC" w:rsidP="003910C4" w14:paraId="6150F9A4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37DAC" w:rsidP="003910C4" w14:paraId="7FB038FE" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37DAC" w:rsidP="003910C4" w14:paraId="3460DAD3" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37DAC" w:rsidP="003910C4" w14:paraId="5BF78B3A" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E1C76" w:rsidP="003910C4" w14:paraId="52229426" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E1C76" w:rsidP="003910C4" w14:paraId="7AFC278E" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E1C76" w:rsidP="003910C4" w14:paraId="6D086849" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E1C76" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="47A4E730" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C53098" w:rsidRPr="003858E0" w:rsidP="003910C4" w14:paraId="625C44B0" w14:textId="2FC986F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003858E0">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Lukins </w:t>
       </w:r>
-      <w:r w:rsidR="00303E36">
+      <w:r w:rsidRPr="003858E0" w:rsidR="00303E36">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>20246894</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C53098" w:rsidRPr="00C53098" w:rsidP="002C50F8" w14:paraId="08C40E99" w14:textId="0E47D144">
+    <w:p w:rsidR="00C53098" w:rsidRPr="00C53098" w:rsidP="003910C4" w14:paraId="08C40E99" w14:textId="0E47D144">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="001F4CBC" w:rsidR="00F637F1">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="003858E0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Andrejs.Lukins@km.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidSect="00EA3572">
-      <w:headerReference w:type="default" r:id="rId12"/>
-      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11920" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -15627,51 +13788,51 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DokChampa">
     <w:altName w:val="DokChampa"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="83000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="1412672929"/>
+      <w:id w:val="1454798835"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w:rsidR="00FB2380" w:rsidP="003723AA" w14:paraId="110A2715" w14:textId="77777777">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r w:rsidRPr="003723AA">
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="003723AA">
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -15708,217 +13869,162 @@
   <w:p w:rsidR="00FB2380" w:rsidRPr="003723AA" w:rsidP="003723AA" w14:paraId="51C5165A" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00FB2380" w:rsidRPr="003723AA" w:rsidP="003723AA" w14:paraId="10F74A7F" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00FB2380" w:rsidRPr="003723AA" w:rsidP="003723AA" w14:paraId="79F1AEC5" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00FB2380" w:rsidRPr="003723AA" w:rsidP="003723AA" w14:paraId="47CAA417" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00FB2380" w:rsidRPr="003723AA" w:rsidP="003723AA" w14:paraId="4405EF2E" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00FB2380" w:rsidRPr="003723AA" w:rsidP="003723AA" w14:paraId="32B595F9" w14:textId="77777777">
+  <w:p w:rsidR="00FB2380" w:rsidRPr="003723AA" w:rsidP="000F125F" w14:paraId="32B595F9" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00FB2380" w:rsidRPr="003723AA" w:rsidP="003723AA" w14:paraId="7B473843" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00FB2380" w:rsidRPr="003723AA" w:rsidP="003723AA" w14:paraId="76465521" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00FB2380" w:rsidRPr="003723AA" w:rsidP="003723AA" w14:paraId="033CB752" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00FB2380" w:rsidP="003723AA" w14:paraId="4B5180A8" w14:textId="77777777">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00FB2380" w:rsidRPr="003723AA" w:rsidP="003723AA" w14:paraId="10C18BE5" w14:textId="77777777">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>NOLIKUMS</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00FB2380" w:rsidRPr="003723AA" w:rsidP="003723AA" w14:paraId="6C209905" w14:textId="77777777">
+  <w:p w:rsidR="00FB2380" w:rsidP="003723AA" w14:paraId="6C209905" w14:textId="77777777">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003723AA">
       <w:rPr>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Rīgā</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00C55CC3" w:rsidRPr="003723AA" w:rsidP="003723AA" w14:paraId="4EC4D022" w14:textId="33D022EC">
+  <w:p w:rsidR="00505044" w:rsidRPr="003723AA" w:rsidP="003723AA" w14:paraId="3541261C" w14:textId="77777777">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00C55CC3" w:rsidRPr="003723AA" w:rsidP="003723AA" w14:paraId="4EC4D022" w14:textId="6FF7C2EE">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="00B03C2D">
+      <w:rPr>
+        <w:noProof/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>27.02.2026</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B03C2D">
+      <w:rPr>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>Nr. </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>2.5-4-1</w:t>
+    </w:r>
   </w:p>
-  <w:tbl>
-[...90 lines deleted...]
-  </w:tbl>
   <w:p w:rsidR="00FB2380" w:rsidRPr="003723AA" w:rsidP="003723AA" w14:paraId="148A100D" w14:textId="2738988F">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:r w:rsidRPr="003723AA">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="lv-LV"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>1085850</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>742950</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="5936615" cy="1033145"/>
           <wp:effectExtent l="19050" t="0" r="6985" b="0"/>
@@ -16134,71 +14240,71 @@
                         <w:rFonts w:eastAsia="Times New Roman"/>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="17"/>
                         <w:szCs w:val="17"/>
                       </w:rPr>
                       <w:t xml:space="preserve">K. Valdemāra iela 11a, Rīga, LV - 1364, tālr. </w:t>
                     </w:r>
                     <w:r w:rsidRPr="009B073F">
                       <w:rPr>
                         <w:rFonts w:eastAsia="Times New Roman"/>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="17"/>
                         <w:szCs w:val="17"/>
                       </w:rPr>
                       <w:t>27874062</w:t>
                     </w:r>
                     <w:r w:rsidRPr="004E52F2">
                       <w:rPr>
                         <w:rFonts w:eastAsia="Times New Roman"/>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="17"/>
                         <w:szCs w:val="17"/>
                       </w:rPr>
                       <w:t xml:space="preserve">, e-pasts </w:t>
                     </w:r>
-                    <w:hyperlink r:id="rId2" w:history="1">
+                    <w:hyperlink r:id="rId4" w:history="1">
                       <w:r w:rsidRPr="00C04906">
                         <w:rPr>
                           <w:rStyle w:val="Hyperlink"/>
                           <w:rFonts w:eastAsia="Times New Roman"/>
                           <w:sz w:val="17"/>
                           <w:szCs w:val="17"/>
                         </w:rPr>
                         <w:t>pasts@km.gov.lv</w:t>
                       </w:r>
                     </w:hyperlink>
                     <w:r w:rsidRPr="00C62F7E">
                       <w:rPr>
                         <w:rFonts w:eastAsia="Times New Roman"/>
                         <w:color w:val="231F20"/>
                         <w:sz w:val="17"/>
                         <w:szCs w:val="17"/>
                       </w:rPr>
                       <w:t xml:space="preserve">, </w:t>
                     </w:r>
-                    <w:hyperlink r:id="rId3" w:history="1">
+                    <w:hyperlink r:id="rId5" w:history="1">
                       <w:r w:rsidRPr="00C04906">
                         <w:rPr>
                           <w:rStyle w:val="Hyperlink"/>
                           <w:rFonts w:eastAsia="Times New Roman"/>
                           <w:sz w:val="17"/>
                           <w:szCs w:val="17"/>
                         </w:rPr>
                         <w:t>www.km.gov.lv</w:t>
                       </w:r>
                     </w:hyperlink>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00C64FB6">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
@@ -16291,51 +14397,51 @@
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:group id="Group 41" o:spid="_x0000_s2050" style="width:346.25pt;height:0.1pt;margin-top:149.85pt;margin-left:145.7pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;position:absolute;z-index:-251656192" coordorigin="2915,2998" coordsize="6926,2">
               <v:shape id="Freeform 42" o:spid="_x0000_s2051" style="width:6926;height:2;left:2915;mso-wrap-style:square;position:absolute;top:2998;v-text-anchor:top;visibility:visible" coordsize="6926,2" path="m,l6926,e" filled="f" strokecolor="#231f20" strokeweight="0.25pt">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6926,0" o:connectangles="0,0"/>
               </v:shape>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
-  <w:abstractNum w:abstractNumId="0">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E8A2284C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
@@ -16430,236 +14536,236 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="32567EA6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3D8C87E8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="802234AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="890AD62A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="8CFE72CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="06C4ED1A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="381ABED2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="5D60A58A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2D543EB2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D2CEA0AC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="007006E8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BC64CA5A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3551" w:hanging="432"/>
@@ -16715,51 +14821,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A771DB7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7F52C990"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -16801,51 +14907,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1539548A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E8EE95B6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="center"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16917,51 +15023,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4EDD4C75"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FEF25058"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="7"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -17057,554 +15163,667 @@
   </w:num>
   <w:num w:numId="10" w16cid:durableId="123039917">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="931163215">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1332179093">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1231237266">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1216501795">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="593510497">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002E1474"/>
     <w:rsid w:val="000012BE"/>
     <w:rsid w:val="00002E36"/>
     <w:rsid w:val="00006384"/>
-    <w:rsid w:val="00007291"/>
+    <w:rsid w:val="00012147"/>
+    <w:rsid w:val="00012E85"/>
     <w:rsid w:val="00022EBA"/>
+    <w:rsid w:val="00026796"/>
     <w:rsid w:val="00030349"/>
+    <w:rsid w:val="00032FFE"/>
+    <w:rsid w:val="00033E2F"/>
     <w:rsid w:val="000353CB"/>
     <w:rsid w:val="00045775"/>
     <w:rsid w:val="00045A48"/>
-    <w:rsid w:val="000609F8"/>
     <w:rsid w:val="00064AE6"/>
     <w:rsid w:val="0006528D"/>
     <w:rsid w:val="00067C57"/>
     <w:rsid w:val="000801F5"/>
-    <w:rsid w:val="00081E30"/>
     <w:rsid w:val="00084B45"/>
     <w:rsid w:val="000869FE"/>
     <w:rsid w:val="00092656"/>
+    <w:rsid w:val="000A0186"/>
     <w:rsid w:val="000A7871"/>
     <w:rsid w:val="000C18E1"/>
+    <w:rsid w:val="000C25BE"/>
     <w:rsid w:val="000C2C04"/>
     <w:rsid w:val="000C4FDE"/>
+    <w:rsid w:val="000F125F"/>
+    <w:rsid w:val="000F3A6B"/>
     <w:rsid w:val="000F7727"/>
     <w:rsid w:val="0010681D"/>
-    <w:rsid w:val="00110A8C"/>
     <w:rsid w:val="001166A8"/>
+    <w:rsid w:val="0012050B"/>
     <w:rsid w:val="0012372A"/>
     <w:rsid w:val="00124173"/>
     <w:rsid w:val="00124E93"/>
     <w:rsid w:val="00132377"/>
+    <w:rsid w:val="00132F83"/>
     <w:rsid w:val="00133986"/>
     <w:rsid w:val="00137878"/>
     <w:rsid w:val="001379ED"/>
+    <w:rsid w:val="00142A03"/>
     <w:rsid w:val="00142F5A"/>
     <w:rsid w:val="00147DFA"/>
     <w:rsid w:val="001509CB"/>
     <w:rsid w:val="001526AB"/>
     <w:rsid w:val="00154D1E"/>
+    <w:rsid w:val="00156B9E"/>
+    <w:rsid w:val="001601A3"/>
+    <w:rsid w:val="00162E3C"/>
     <w:rsid w:val="001647AA"/>
-    <w:rsid w:val="0017742D"/>
+    <w:rsid w:val="00171B4F"/>
     <w:rsid w:val="001A136D"/>
-    <w:rsid w:val="001A5E5F"/>
     <w:rsid w:val="001A7E4C"/>
+    <w:rsid w:val="001B20B6"/>
     <w:rsid w:val="001B7E94"/>
     <w:rsid w:val="001C2BE6"/>
     <w:rsid w:val="001C3D04"/>
-    <w:rsid w:val="001C7D48"/>
-    <w:rsid w:val="001D03D1"/>
+    <w:rsid w:val="001C6013"/>
     <w:rsid w:val="001D03EB"/>
     <w:rsid w:val="001D2490"/>
     <w:rsid w:val="001D3BF5"/>
     <w:rsid w:val="001D49F9"/>
     <w:rsid w:val="001D6195"/>
     <w:rsid w:val="001D7649"/>
     <w:rsid w:val="001E3108"/>
     <w:rsid w:val="001E5004"/>
+    <w:rsid w:val="001E7D45"/>
     <w:rsid w:val="001F0622"/>
-    <w:rsid w:val="001F4CBC"/>
     <w:rsid w:val="001F577A"/>
     <w:rsid w:val="00202935"/>
-    <w:rsid w:val="0020375A"/>
+    <w:rsid w:val="00203EB3"/>
+    <w:rsid w:val="002153C9"/>
+    <w:rsid w:val="00226B5E"/>
     <w:rsid w:val="002309B3"/>
+    <w:rsid w:val="00234730"/>
     <w:rsid w:val="002348B8"/>
     <w:rsid w:val="0023635F"/>
     <w:rsid w:val="00240FCF"/>
+    <w:rsid w:val="00244ABF"/>
+    <w:rsid w:val="00261E59"/>
     <w:rsid w:val="00262E45"/>
+    <w:rsid w:val="002657AA"/>
     <w:rsid w:val="00274557"/>
     <w:rsid w:val="00275B9E"/>
-    <w:rsid w:val="00281845"/>
+    <w:rsid w:val="00281666"/>
     <w:rsid w:val="00285928"/>
     <w:rsid w:val="00286C0F"/>
     <w:rsid w:val="002962D6"/>
+    <w:rsid w:val="00297C0D"/>
     <w:rsid w:val="00297CF1"/>
     <w:rsid w:val="002A70E1"/>
     <w:rsid w:val="002B3077"/>
-    <w:rsid w:val="002B43B1"/>
     <w:rsid w:val="002B4AC1"/>
+    <w:rsid w:val="002C0C8C"/>
     <w:rsid w:val="002C0DF5"/>
-    <w:rsid w:val="002C3F98"/>
     <w:rsid w:val="002C50F8"/>
     <w:rsid w:val="002E07A3"/>
-    <w:rsid w:val="002E1080"/>
     <w:rsid w:val="002E12BE"/>
     <w:rsid w:val="002E1474"/>
-    <w:rsid w:val="002E3BBC"/>
+    <w:rsid w:val="002E4E7F"/>
     <w:rsid w:val="002E5D0A"/>
     <w:rsid w:val="002F3A87"/>
     <w:rsid w:val="00303E36"/>
     <w:rsid w:val="0030473D"/>
     <w:rsid w:val="00324704"/>
     <w:rsid w:val="00325B4F"/>
     <w:rsid w:val="003312F4"/>
+    <w:rsid w:val="00331695"/>
+    <w:rsid w:val="00332321"/>
     <w:rsid w:val="00335032"/>
     <w:rsid w:val="003402F1"/>
+    <w:rsid w:val="00342967"/>
     <w:rsid w:val="00342AE2"/>
+    <w:rsid w:val="003445D5"/>
     <w:rsid w:val="00345403"/>
     <w:rsid w:val="0034705E"/>
+    <w:rsid w:val="00351060"/>
+    <w:rsid w:val="00354150"/>
     <w:rsid w:val="00356236"/>
+    <w:rsid w:val="003562A5"/>
     <w:rsid w:val="003579D2"/>
     <w:rsid w:val="003617F2"/>
     <w:rsid w:val="00364774"/>
     <w:rsid w:val="003673E0"/>
+    <w:rsid w:val="00371F84"/>
     <w:rsid w:val="003723AA"/>
     <w:rsid w:val="0038090F"/>
-    <w:rsid w:val="00386C06"/>
+    <w:rsid w:val="003858E0"/>
+    <w:rsid w:val="003910C4"/>
+    <w:rsid w:val="003A4CB0"/>
+    <w:rsid w:val="003A6ED8"/>
     <w:rsid w:val="003A7107"/>
     <w:rsid w:val="003B2461"/>
     <w:rsid w:val="003B2500"/>
-    <w:rsid w:val="003B7588"/>
     <w:rsid w:val="003C1ABD"/>
     <w:rsid w:val="003C2FF1"/>
     <w:rsid w:val="003C58A3"/>
-    <w:rsid w:val="003E1F73"/>
+    <w:rsid w:val="003E0FF5"/>
+    <w:rsid w:val="003F1567"/>
     <w:rsid w:val="003F36F8"/>
     <w:rsid w:val="004053C2"/>
     <w:rsid w:val="004061A7"/>
     <w:rsid w:val="00413042"/>
-    <w:rsid w:val="00416551"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004363FB"/>
+    <w:rsid w:val="004208F9"/>
+    <w:rsid w:val="004267EC"/>
     <w:rsid w:val="00436A2F"/>
     <w:rsid w:val="004443A9"/>
+    <w:rsid w:val="004514CA"/>
     <w:rsid w:val="00456FF6"/>
     <w:rsid w:val="00464E9D"/>
+    <w:rsid w:val="00465A81"/>
+    <w:rsid w:val="0046737D"/>
+    <w:rsid w:val="00471F2F"/>
     <w:rsid w:val="0048228F"/>
-    <w:rsid w:val="00482B96"/>
+    <w:rsid w:val="00482CD6"/>
     <w:rsid w:val="004900B5"/>
     <w:rsid w:val="00491E68"/>
     <w:rsid w:val="00493308"/>
     <w:rsid w:val="004A020E"/>
     <w:rsid w:val="004A0860"/>
     <w:rsid w:val="004A19C9"/>
     <w:rsid w:val="004A1F9D"/>
+    <w:rsid w:val="004A3FB4"/>
     <w:rsid w:val="004A7FDE"/>
     <w:rsid w:val="004B47EA"/>
-    <w:rsid w:val="004C5948"/>
     <w:rsid w:val="004D12EC"/>
     <w:rsid w:val="004D1712"/>
+    <w:rsid w:val="004D1F55"/>
     <w:rsid w:val="004D253B"/>
     <w:rsid w:val="004D26D2"/>
-    <w:rsid w:val="004E2C10"/>
+    <w:rsid w:val="004E1C76"/>
     <w:rsid w:val="004E52F2"/>
     <w:rsid w:val="004F0AAB"/>
     <w:rsid w:val="004F46E8"/>
     <w:rsid w:val="004F660C"/>
     <w:rsid w:val="004F7BA9"/>
+    <w:rsid w:val="00505044"/>
     <w:rsid w:val="005113A8"/>
     <w:rsid w:val="0051142B"/>
+    <w:rsid w:val="00511A6D"/>
+    <w:rsid w:val="005211D1"/>
     <w:rsid w:val="005224F7"/>
+    <w:rsid w:val="0052571E"/>
     <w:rsid w:val="005268A9"/>
     <w:rsid w:val="00535564"/>
     <w:rsid w:val="00550B1C"/>
     <w:rsid w:val="0055618D"/>
     <w:rsid w:val="00562498"/>
+    <w:rsid w:val="00565BFA"/>
     <w:rsid w:val="00566775"/>
-    <w:rsid w:val="00576296"/>
-    <w:rsid w:val="0057637F"/>
+    <w:rsid w:val="00576987"/>
     <w:rsid w:val="00576EB1"/>
     <w:rsid w:val="00577F64"/>
+    <w:rsid w:val="00583557"/>
     <w:rsid w:val="00586561"/>
+    <w:rsid w:val="00591E34"/>
+    <w:rsid w:val="00594C89"/>
     <w:rsid w:val="0059509F"/>
     <w:rsid w:val="005952AD"/>
+    <w:rsid w:val="005A44D7"/>
     <w:rsid w:val="005A5F97"/>
     <w:rsid w:val="005A6F44"/>
-    <w:rsid w:val="005B1FC3"/>
+    <w:rsid w:val="005A7017"/>
     <w:rsid w:val="005B283F"/>
     <w:rsid w:val="005B5ED4"/>
     <w:rsid w:val="005C2338"/>
     <w:rsid w:val="005C7737"/>
     <w:rsid w:val="005D0723"/>
+    <w:rsid w:val="005D1F34"/>
     <w:rsid w:val="005D24B7"/>
     <w:rsid w:val="005E094C"/>
+    <w:rsid w:val="005E21E1"/>
+    <w:rsid w:val="005F0BD7"/>
+    <w:rsid w:val="005F2495"/>
+    <w:rsid w:val="005F2993"/>
     <w:rsid w:val="005F4A9C"/>
     <w:rsid w:val="006001E0"/>
     <w:rsid w:val="00603C8E"/>
     <w:rsid w:val="00607020"/>
     <w:rsid w:val="0061197A"/>
     <w:rsid w:val="006146C4"/>
     <w:rsid w:val="00624B70"/>
-    <w:rsid w:val="0064017B"/>
-    <w:rsid w:val="00640E3E"/>
+    <w:rsid w:val="006332FD"/>
+    <w:rsid w:val="00642FC3"/>
     <w:rsid w:val="006444AA"/>
     <w:rsid w:val="00647A5A"/>
     <w:rsid w:val="00653D71"/>
     <w:rsid w:val="00654B35"/>
-    <w:rsid w:val="00655090"/>
     <w:rsid w:val="00656CDE"/>
     <w:rsid w:val="00663C3A"/>
     <w:rsid w:val="00664CD3"/>
     <w:rsid w:val="00665456"/>
+    <w:rsid w:val="006654BE"/>
     <w:rsid w:val="00674060"/>
     <w:rsid w:val="00677CD7"/>
+    <w:rsid w:val="00681268"/>
     <w:rsid w:val="00683152"/>
     <w:rsid w:val="006857A6"/>
-    <w:rsid w:val="00687D0F"/>
-    <w:rsid w:val="00691F81"/>
     <w:rsid w:val="006924DC"/>
     <w:rsid w:val="006933C5"/>
     <w:rsid w:val="00694AB7"/>
     <w:rsid w:val="00697EF8"/>
+    <w:rsid w:val="006A12D6"/>
+    <w:rsid w:val="006A1783"/>
     <w:rsid w:val="006A3734"/>
-    <w:rsid w:val="006B3F43"/>
+    <w:rsid w:val="006A7725"/>
+    <w:rsid w:val="006B4AC1"/>
     <w:rsid w:val="006B5281"/>
     <w:rsid w:val="006B5FB8"/>
     <w:rsid w:val="006B7302"/>
     <w:rsid w:val="006C1639"/>
     <w:rsid w:val="006C57BC"/>
+    <w:rsid w:val="006C738E"/>
     <w:rsid w:val="006D1F9C"/>
-    <w:rsid w:val="006D37BB"/>
     <w:rsid w:val="006D7EA4"/>
+    <w:rsid w:val="006E2BC1"/>
     <w:rsid w:val="006F7892"/>
     <w:rsid w:val="006F7C53"/>
+    <w:rsid w:val="007020C1"/>
+    <w:rsid w:val="00704329"/>
     <w:rsid w:val="00711236"/>
-    <w:rsid w:val="0071209A"/>
-    <w:rsid w:val="007127A5"/>
+    <w:rsid w:val="00714673"/>
     <w:rsid w:val="007254EB"/>
+    <w:rsid w:val="00730EAD"/>
     <w:rsid w:val="00733848"/>
     <w:rsid w:val="0073700F"/>
     <w:rsid w:val="0074240D"/>
     <w:rsid w:val="00744AA1"/>
     <w:rsid w:val="00747CCB"/>
     <w:rsid w:val="00750F10"/>
-    <w:rsid w:val="00756037"/>
     <w:rsid w:val="00760BB8"/>
     <w:rsid w:val="00761D6A"/>
+    <w:rsid w:val="007641A5"/>
     <w:rsid w:val="007704BD"/>
     <w:rsid w:val="00776D41"/>
     <w:rsid w:val="00783C44"/>
     <w:rsid w:val="00783E2B"/>
     <w:rsid w:val="00794C47"/>
-    <w:rsid w:val="00794D67"/>
+    <w:rsid w:val="00795491"/>
+    <w:rsid w:val="00795BEA"/>
     <w:rsid w:val="007A098F"/>
-    <w:rsid w:val="007B2481"/>
+    <w:rsid w:val="007B3A56"/>
     <w:rsid w:val="007B3BA5"/>
     <w:rsid w:val="007B48EC"/>
     <w:rsid w:val="007B719A"/>
     <w:rsid w:val="007C2F22"/>
-    <w:rsid w:val="007C49D1"/>
+    <w:rsid w:val="007C797C"/>
     <w:rsid w:val="007D2600"/>
     <w:rsid w:val="007E4D1F"/>
-    <w:rsid w:val="007E70C8"/>
     <w:rsid w:val="007F7E03"/>
     <w:rsid w:val="0080224A"/>
+    <w:rsid w:val="008036F8"/>
     <w:rsid w:val="00806B0F"/>
     <w:rsid w:val="00815277"/>
     <w:rsid w:val="0081733D"/>
     <w:rsid w:val="00817784"/>
+    <w:rsid w:val="00817B58"/>
     <w:rsid w:val="00820F49"/>
+    <w:rsid w:val="00825F7B"/>
+    <w:rsid w:val="00826136"/>
     <w:rsid w:val="00833FE5"/>
-    <w:rsid w:val="00837EF7"/>
+    <w:rsid w:val="00835CE5"/>
+    <w:rsid w:val="00843EB0"/>
     <w:rsid w:val="008538CE"/>
+    <w:rsid w:val="008575A3"/>
     <w:rsid w:val="008603F4"/>
     <w:rsid w:val="0086283D"/>
     <w:rsid w:val="0086293B"/>
-    <w:rsid w:val="00872D46"/>
+    <w:rsid w:val="00871AE4"/>
+    <w:rsid w:val="008735AB"/>
+    <w:rsid w:val="008742E3"/>
     <w:rsid w:val="00876C21"/>
     <w:rsid w:val="0088092D"/>
-    <w:rsid w:val="00880C0D"/>
     <w:rsid w:val="00884212"/>
+    <w:rsid w:val="00884B36"/>
     <w:rsid w:val="00886A87"/>
     <w:rsid w:val="00891E3E"/>
     <w:rsid w:val="008942EC"/>
-    <w:rsid w:val="008A0802"/>
     <w:rsid w:val="008A1D09"/>
+    <w:rsid w:val="008A440C"/>
+    <w:rsid w:val="008A4C3A"/>
     <w:rsid w:val="008A5DF3"/>
     <w:rsid w:val="008B2CB0"/>
     <w:rsid w:val="008B60C4"/>
     <w:rsid w:val="008C3946"/>
-    <w:rsid w:val="008C4FE2"/>
     <w:rsid w:val="008D1A99"/>
+    <w:rsid w:val="008D3D71"/>
     <w:rsid w:val="008E055A"/>
+    <w:rsid w:val="008E2643"/>
     <w:rsid w:val="008E3817"/>
     <w:rsid w:val="008E4B7D"/>
     <w:rsid w:val="008E5890"/>
-    <w:rsid w:val="008E76C8"/>
+    <w:rsid w:val="008F0A09"/>
     <w:rsid w:val="008F2E93"/>
     <w:rsid w:val="008F4106"/>
-    <w:rsid w:val="008F5E20"/>
     <w:rsid w:val="00903552"/>
     <w:rsid w:val="00903D1B"/>
     <w:rsid w:val="0090458F"/>
     <w:rsid w:val="00905E9D"/>
+    <w:rsid w:val="00910876"/>
     <w:rsid w:val="00913B8E"/>
+    <w:rsid w:val="00920BD6"/>
+    <w:rsid w:val="00926AC8"/>
+    <w:rsid w:val="009342DC"/>
     <w:rsid w:val="009348F1"/>
+    <w:rsid w:val="009352AF"/>
+    <w:rsid w:val="00936312"/>
     <w:rsid w:val="0093776C"/>
     <w:rsid w:val="00944922"/>
+    <w:rsid w:val="0094565F"/>
     <w:rsid w:val="00953122"/>
+    <w:rsid w:val="009541E2"/>
     <w:rsid w:val="00954D5A"/>
+    <w:rsid w:val="009555E5"/>
+    <w:rsid w:val="00956800"/>
     <w:rsid w:val="009611FC"/>
     <w:rsid w:val="009640CC"/>
     <w:rsid w:val="009643AF"/>
     <w:rsid w:val="00970E92"/>
     <w:rsid w:val="00970F82"/>
     <w:rsid w:val="009761C7"/>
     <w:rsid w:val="0097666A"/>
-    <w:rsid w:val="00985300"/>
     <w:rsid w:val="009869EB"/>
+    <w:rsid w:val="009932AD"/>
     <w:rsid w:val="009947CB"/>
     <w:rsid w:val="00995EFE"/>
     <w:rsid w:val="009A5E55"/>
     <w:rsid w:val="009B073F"/>
     <w:rsid w:val="009B5DA7"/>
     <w:rsid w:val="009C073F"/>
     <w:rsid w:val="009C0BB2"/>
     <w:rsid w:val="009C0F18"/>
     <w:rsid w:val="009C57BD"/>
-    <w:rsid w:val="009D58DF"/>
+    <w:rsid w:val="009C61BD"/>
+    <w:rsid w:val="009D4816"/>
     <w:rsid w:val="009D7F86"/>
     <w:rsid w:val="009E2E25"/>
+    <w:rsid w:val="009E48DB"/>
     <w:rsid w:val="009E7382"/>
     <w:rsid w:val="009F013A"/>
     <w:rsid w:val="00A06821"/>
     <w:rsid w:val="00A22909"/>
-    <w:rsid w:val="00A3071F"/>
-    <w:rsid w:val="00A3144B"/>
+    <w:rsid w:val="00A24FB3"/>
+    <w:rsid w:val="00A35182"/>
     <w:rsid w:val="00A36FEB"/>
+    <w:rsid w:val="00A42397"/>
     <w:rsid w:val="00A45216"/>
-    <w:rsid w:val="00A55B82"/>
-    <w:rsid w:val="00A56C73"/>
+    <w:rsid w:val="00A479B5"/>
+    <w:rsid w:val="00A5796F"/>
     <w:rsid w:val="00A62BC1"/>
+    <w:rsid w:val="00A6345E"/>
     <w:rsid w:val="00A712E5"/>
-    <w:rsid w:val="00A82523"/>
     <w:rsid w:val="00A836C1"/>
     <w:rsid w:val="00A84124"/>
     <w:rsid w:val="00A84AD7"/>
-    <w:rsid w:val="00A91EDF"/>
-    <w:rsid w:val="00A968F1"/>
     <w:rsid w:val="00AA7AAD"/>
+    <w:rsid w:val="00AB2FF6"/>
     <w:rsid w:val="00AB3F43"/>
-    <w:rsid w:val="00AB471D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AC0D2D"/>
     <w:rsid w:val="00AC583A"/>
     <w:rsid w:val="00AC70C2"/>
+    <w:rsid w:val="00AC7138"/>
     <w:rsid w:val="00AC71E9"/>
     <w:rsid w:val="00AD153D"/>
-    <w:rsid w:val="00AD47B2"/>
     <w:rsid w:val="00AD6F6C"/>
     <w:rsid w:val="00AE08D2"/>
     <w:rsid w:val="00AE0F87"/>
     <w:rsid w:val="00AE29FF"/>
+    <w:rsid w:val="00AE5565"/>
+    <w:rsid w:val="00AF1717"/>
     <w:rsid w:val="00AF60D7"/>
     <w:rsid w:val="00AF72D5"/>
+    <w:rsid w:val="00B00363"/>
     <w:rsid w:val="00B029B4"/>
     <w:rsid w:val="00B03C2D"/>
+    <w:rsid w:val="00B07540"/>
     <w:rsid w:val="00B12C7D"/>
     <w:rsid w:val="00B16B9E"/>
     <w:rsid w:val="00B17469"/>
+    <w:rsid w:val="00B21FF3"/>
     <w:rsid w:val="00B2244D"/>
     <w:rsid w:val="00B2642E"/>
     <w:rsid w:val="00B32630"/>
+    <w:rsid w:val="00B37FD4"/>
+    <w:rsid w:val="00B42815"/>
+    <w:rsid w:val="00B4291C"/>
+    <w:rsid w:val="00B42996"/>
     <w:rsid w:val="00B53999"/>
     <w:rsid w:val="00B53DC7"/>
-    <w:rsid w:val="00B54B27"/>
     <w:rsid w:val="00B5515E"/>
     <w:rsid w:val="00B5698E"/>
-    <w:rsid w:val="00B6446B"/>
+    <w:rsid w:val="00B67653"/>
     <w:rsid w:val="00B67A75"/>
+    <w:rsid w:val="00B721ED"/>
     <w:rsid w:val="00B75886"/>
     <w:rsid w:val="00B77B53"/>
     <w:rsid w:val="00B8215B"/>
     <w:rsid w:val="00B83FD8"/>
+    <w:rsid w:val="00B93CAE"/>
     <w:rsid w:val="00B97448"/>
     <w:rsid w:val="00BB08B1"/>
+    <w:rsid w:val="00BC207F"/>
     <w:rsid w:val="00BC34D6"/>
     <w:rsid w:val="00BC668D"/>
     <w:rsid w:val="00BD5CAE"/>
+    <w:rsid w:val="00BE6074"/>
     <w:rsid w:val="00BE652A"/>
-    <w:rsid w:val="00BF36A9"/>
+    <w:rsid w:val="00BF63AB"/>
     <w:rsid w:val="00C0308A"/>
     <w:rsid w:val="00C03BB5"/>
     <w:rsid w:val="00C04906"/>
-    <w:rsid w:val="00C062A2"/>
-    <w:rsid w:val="00C1005B"/>
+    <w:rsid w:val="00C05AA1"/>
     <w:rsid w:val="00C15F6E"/>
     <w:rsid w:val="00C167FD"/>
+    <w:rsid w:val="00C16F16"/>
+    <w:rsid w:val="00C22B8A"/>
+    <w:rsid w:val="00C254B9"/>
     <w:rsid w:val="00C30EFB"/>
     <w:rsid w:val="00C335B4"/>
-    <w:rsid w:val="00C3367E"/>
-    <w:rsid w:val="00C35FA4"/>
+    <w:rsid w:val="00C40AB4"/>
     <w:rsid w:val="00C41FF2"/>
     <w:rsid w:val="00C42D0B"/>
     <w:rsid w:val="00C46122"/>
     <w:rsid w:val="00C47F57"/>
     <w:rsid w:val="00C53098"/>
     <w:rsid w:val="00C55CC3"/>
+    <w:rsid w:val="00C62542"/>
     <w:rsid w:val="00C62F7E"/>
     <w:rsid w:val="00C64FB6"/>
+    <w:rsid w:val="00C70F90"/>
+    <w:rsid w:val="00C7265C"/>
+    <w:rsid w:val="00C74950"/>
     <w:rsid w:val="00C772B7"/>
+    <w:rsid w:val="00C77FE2"/>
+    <w:rsid w:val="00C8122C"/>
+    <w:rsid w:val="00C816FD"/>
     <w:rsid w:val="00C8375A"/>
-    <w:rsid w:val="00CA5A39"/>
+    <w:rsid w:val="00C83E1E"/>
+    <w:rsid w:val="00CA521A"/>
     <w:rsid w:val="00CB20A2"/>
     <w:rsid w:val="00CB3353"/>
-    <w:rsid w:val="00CC2A83"/>
+    <w:rsid w:val="00CC21E2"/>
     <w:rsid w:val="00CC2FA2"/>
     <w:rsid w:val="00CC300E"/>
+    <w:rsid w:val="00CC51B7"/>
     <w:rsid w:val="00CD1318"/>
+    <w:rsid w:val="00CD2DE8"/>
     <w:rsid w:val="00CD4639"/>
     <w:rsid w:val="00CD4BE0"/>
-    <w:rsid w:val="00CD7FA9"/>
     <w:rsid w:val="00CE5229"/>
     <w:rsid w:val="00CE546B"/>
     <w:rsid w:val="00CF1928"/>
     <w:rsid w:val="00CF52A3"/>
     <w:rsid w:val="00CF5DBB"/>
+    <w:rsid w:val="00CF5FBE"/>
     <w:rsid w:val="00CF62C5"/>
     <w:rsid w:val="00D0466A"/>
     <w:rsid w:val="00D120EF"/>
     <w:rsid w:val="00D16D15"/>
     <w:rsid w:val="00D21FA6"/>
     <w:rsid w:val="00D24B6B"/>
+    <w:rsid w:val="00D3417F"/>
     <w:rsid w:val="00D362D7"/>
+    <w:rsid w:val="00D37DAC"/>
+    <w:rsid w:val="00D43636"/>
     <w:rsid w:val="00D467DE"/>
     <w:rsid w:val="00D47369"/>
+    <w:rsid w:val="00D52E39"/>
     <w:rsid w:val="00D55B4B"/>
     <w:rsid w:val="00D570F9"/>
+    <w:rsid w:val="00D61723"/>
+    <w:rsid w:val="00D6541E"/>
     <w:rsid w:val="00D6716D"/>
     <w:rsid w:val="00D705F5"/>
     <w:rsid w:val="00D706BD"/>
     <w:rsid w:val="00D743C1"/>
     <w:rsid w:val="00D8316F"/>
     <w:rsid w:val="00D86214"/>
+    <w:rsid w:val="00D90490"/>
+    <w:rsid w:val="00D90A3B"/>
     <w:rsid w:val="00D94BB1"/>
-    <w:rsid w:val="00DA6174"/>
     <w:rsid w:val="00DA7D1B"/>
     <w:rsid w:val="00DB3A02"/>
     <w:rsid w:val="00DB4EB2"/>
     <w:rsid w:val="00DB7197"/>
     <w:rsid w:val="00DC0C53"/>
     <w:rsid w:val="00DC1ABC"/>
     <w:rsid w:val="00DC4F1A"/>
+    <w:rsid w:val="00DE425F"/>
     <w:rsid w:val="00DE627D"/>
-    <w:rsid w:val="00DF3EE6"/>
+    <w:rsid w:val="00DE64BF"/>
+    <w:rsid w:val="00E0366E"/>
+    <w:rsid w:val="00E16A8F"/>
     <w:rsid w:val="00E23B3F"/>
     <w:rsid w:val="00E348E3"/>
     <w:rsid w:val="00E365CE"/>
     <w:rsid w:val="00E5194C"/>
+    <w:rsid w:val="00E5208B"/>
     <w:rsid w:val="00E52D98"/>
-    <w:rsid w:val="00E64B5C"/>
+    <w:rsid w:val="00E57E1C"/>
+    <w:rsid w:val="00E70150"/>
     <w:rsid w:val="00E74964"/>
+    <w:rsid w:val="00E75488"/>
+    <w:rsid w:val="00E769AD"/>
     <w:rsid w:val="00E76C72"/>
     <w:rsid w:val="00EA09EF"/>
     <w:rsid w:val="00EA1307"/>
     <w:rsid w:val="00EA3572"/>
     <w:rsid w:val="00EA49C8"/>
+    <w:rsid w:val="00EA5654"/>
     <w:rsid w:val="00EA6C04"/>
     <w:rsid w:val="00EA77E5"/>
     <w:rsid w:val="00EB1CBF"/>
     <w:rsid w:val="00EB43B0"/>
     <w:rsid w:val="00EB6A93"/>
     <w:rsid w:val="00EC2876"/>
     <w:rsid w:val="00EC5E4F"/>
+    <w:rsid w:val="00ED0FFC"/>
     <w:rsid w:val="00ED1C92"/>
     <w:rsid w:val="00ED34EE"/>
-    <w:rsid w:val="00ED5DE0"/>
+    <w:rsid w:val="00ED3865"/>
+    <w:rsid w:val="00EE5564"/>
     <w:rsid w:val="00EE6F8A"/>
     <w:rsid w:val="00EE734E"/>
     <w:rsid w:val="00EF337F"/>
     <w:rsid w:val="00EF37AE"/>
     <w:rsid w:val="00EF4C3E"/>
-    <w:rsid w:val="00EF6734"/>
     <w:rsid w:val="00F02D60"/>
+    <w:rsid w:val="00F03390"/>
     <w:rsid w:val="00F034D9"/>
     <w:rsid w:val="00F11118"/>
+    <w:rsid w:val="00F13386"/>
     <w:rsid w:val="00F148A4"/>
     <w:rsid w:val="00F1648D"/>
     <w:rsid w:val="00F24A5F"/>
-    <w:rsid w:val="00F266BC"/>
+    <w:rsid w:val="00F25062"/>
+    <w:rsid w:val="00F30E1E"/>
     <w:rsid w:val="00F3282C"/>
+    <w:rsid w:val="00F32A04"/>
     <w:rsid w:val="00F36A84"/>
     <w:rsid w:val="00F36BC5"/>
     <w:rsid w:val="00F4281D"/>
     <w:rsid w:val="00F4376F"/>
     <w:rsid w:val="00F4608E"/>
+    <w:rsid w:val="00F50830"/>
+    <w:rsid w:val="00F51923"/>
     <w:rsid w:val="00F54E5D"/>
+    <w:rsid w:val="00F5508C"/>
     <w:rsid w:val="00F570BC"/>
     <w:rsid w:val="00F6047E"/>
     <w:rsid w:val="00F60586"/>
-    <w:rsid w:val="00F628D7"/>
     <w:rsid w:val="00F637F1"/>
+    <w:rsid w:val="00F779FC"/>
     <w:rsid w:val="00F83814"/>
-    <w:rsid w:val="00F83E18"/>
     <w:rsid w:val="00F94AF7"/>
     <w:rsid w:val="00FA7B48"/>
+    <w:rsid w:val="00FA7E3D"/>
     <w:rsid w:val="00FB2380"/>
     <w:rsid w:val="00FB334C"/>
     <w:rsid w:val="00FB3C9F"/>
+    <w:rsid w:val="00FB7C6C"/>
     <w:rsid w:val="00FC72A3"/>
+    <w:rsid w:val="00FF006A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:dispDef m:val="0"/>
     <m:wrapRight/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="lo-LA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w14:docId w14:val="2DA47558"/>
   <w15:docId w15:val="{5940EBF1-BCF6-4A4C-B132-A0E2C4EA3BFB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
@@ -18371,57 +16590,60 @@
       <w:sz w:val="28"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00C55CC3"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/eli/reg/2013/1407/oj/?locale=LV" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Andrejs.Lukins@km.gov.lv" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.km.gov.lv" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.km.gov.lv/lv/finansejuma-iespejas" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/eli/reg/2013/1407/oj/?locale=LV" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/eli/reg/2013/1407/oj/?locale=LV" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Andrejs.Lukins@km.gov.lv" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.km.gov.lv" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.km.gov.lv/lv/finansejuma-iespejas" TargetMode="External" /></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@km.gov.lv" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.km.gov.lv" TargetMode="External" /></Relationships>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@km.gov.lv" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.km.gov.lv" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@km.gov.lv" TargetMode="External" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.km.gov.lv" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Iestāde">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -18676,74 +16898,50 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...22 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x0101007B98BB4B34F2884EBFE5D98E9C8C082A" ma:contentTypeVersion="18" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="d63f27938dfaab79786904fe3f699a14">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b46cec30-3c96-49ba-8e80-c1db7ce5db41" xmlns:ns3="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="89943475ffa202f7de87fda01a1a2217" ns2:_="" ns3:_="">
     <xsd:import namespace="b46cec30-3c96-49ba-8e80-c1db7ce5db41"/>
     <xsd:import namespace="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -18954,139 +17152,163 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b46cec30-3c96-49ba-8e80-c1db7ce5db41" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B49CB0A-2E3C-431D-BE5B-297E8E03EEA4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b46cec30-3c96-49ba-8e80-c1db7ce5db41"/>
     <ds:schemaRef ds:uri="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26E7B3DC-9BDF-494A-8917-FB385E977CF8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2BA5C921-85D1-4CAC-8C1A-E35914D9342D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d"/>
+    <ds:schemaRef ds:uri="b46cec30-3c96-49ba-8e80-c1db7ce5db41"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{791828EB-DB43-4F6C-AC76-2A0AE9496785}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1b8a7570-3ec8-4c4e-9532-5dbb2f157b31}" enabled="1" method="Standard" siteId="{fd50a0e4-c289-4266-b7ff-7d9cf5066e91}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>17</Pages>
-  <Words>24140</Words>
-  <Characters>13761</Characters>
+  <Words>23207</Words>
+  <Characters>13229</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>114</Lines>
-  <Paragraphs>75</Paragraphs>
+  <Lines>110</Lines>
+  <Paragraphs>72</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Nosaukums</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>LR Kultūras Ministrija</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>37826</CharactersWithSpaces>
+  <CharactersWithSpaces>36364</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:subject>Elektroniskā dokumenta veidlapa</dc:subject>
   <dc:creator>KAKD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007B98BB4B34F2884EBFE5D98E9C8C082A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Created">
     <vt:filetime>2014-11-05T00:00:00Z</vt:filetime>