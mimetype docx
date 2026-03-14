--- v0 (2025-10-10)
+++ v1 (2026-03-14)
@@ -1,6108 +1,6564 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
-  <Override PartName="/customXml/item4.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
-  <!-- Generated by Aspose.Words for .NET 24.10.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
   <w:body>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="0089089D" w14:paraId="1F4117FA" w14:textId="5C1D9DA7">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="47D5E1AC" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F7474">
-[...47 lines deleted...]
-      <w:r w:rsidRPr="000553AE">
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Valsts budžeta apakšprogrammā 67.06.00 “Eiropas Kopienas iniciatīvas projektu un pasākumu īstenošana” Eiropas Komisijas programmu “Radošā Eiropa” un “Pilsoņi, vienlīdzība, tiesības un vērtības” ietvaros atbalstītajiem projektiem 2026. gadā paredzētā līdzfinansējuma piešķiršanas konkursa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>p</w:t>
-[...8 lines deleted...]
-        <w:t>rojekta iesnieguma veidlapa</w:t>
+        <w:t>projekta iesnieguma veidlapa</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="0089089D" w14:paraId="1F419555" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="733F4FFC" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000E18DB" w:rsidP="0089089D" w14:paraId="320AAA9B" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="5EEC61D8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E18DB">
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Projekta nosaukums</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9072" w:type="dxa"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblW w:w="9185" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9072"/>
+        <w:gridCol w:w="9185"/>
       </w:tblGrid>
-      <w:tr w14:paraId="5207417A" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="1BAC2222" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
-          <w:tblW w:w="9072" w:type="dxa"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblW w:w="9185" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="417"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9185" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="5E3FD625" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="2D727981" w14:textId="77777777">
             <w:pPr>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="0089089D" w14:paraId="7B67BEB5" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="35A624C7" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000E18DB" w:rsidP="0089089D" w14:paraId="560C1A57" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="41DDC980" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E18DB">
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Projekta atbalstīšanas gads un projekta norises laiks</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9072" w:type="dxa"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblW w:w="9185" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9072"/>
+        <w:gridCol w:w="9185"/>
       </w:tblGrid>
-      <w:tr w14:paraId="47CBD1F5" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="6DE5B5C2" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
-          <w:tblW w:w="9072" w:type="dxa"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblW w:w="9185" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="239"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9185" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidP="00284BAA" w14:paraId="295B6DB9" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="7487F9DB" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Projekts ieguvis Eiropas Savienības programmas atbalstu _____. gadā</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0089089D" w:rsidP="00284BAA" w14:paraId="338D1E2F" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="1F8935E8" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>norises laiks: no __.__.____. līdz __.__.____.</w:t>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Projekta norises laiks: no __.__.____. līdz __.__.____.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0089089D" w:rsidP="0089089D" w14:paraId="71427885" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="207AC153" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000E18DB" w:rsidP="0089089D" w14:paraId="1E168253" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="20574BB8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E18DB">
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Eiropas Savienības atbalsta instruments</w:t>
+        <w:t xml:space="preserve">Eiropas Savienības atbalsta instruments </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(nevajadzīgo dzēst)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9072" w:type="dxa"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblW w:w="9185" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9072"/>
+        <w:gridCol w:w="9185"/>
       </w:tblGrid>
-      <w:tr w14:paraId="26AB3E9D" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="742D5BBF" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
-          <w:tblW w:w="9072" w:type="dxa"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblW w:w="9185" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="180"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9185" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00023ABF" w:rsidRPr="000553AE" w:rsidP="00023ABF" w14:paraId="62A440DF" w14:textId="77777777">
-            <w:pPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="50009F05" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="8"/>
               </w:numPr>
-              <w:ind w:left="318" w:hanging="318"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Eiropas Savienības programmas „</w:t>
-[...19 lines deleted...]
-            <w:pPr>
+              <w:t>Eiropas Savienības programmas “Radošā Eiropa” atbalsta darbība “_______________________”;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="0051698B" w:rsidP="0051698B" w14:paraId="5B30A4C1" w14:textId="4B86228B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="8"/>
               </w:numPr>
-              <w:ind w:left="318" w:hanging="318"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Eiropas Savienības programmas „</w:t>
-[...35 lines deleted...]
-            </w:pPr>
+              <w:t>Eiropas Savienības programmas “Pilsoņi, vienlīdzība, tiesības un vērtības” atbalsta aktivitāte “_______________________”.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="0089089D" w14:paraId="128DDF62" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="0B25B436" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000E18DB" w:rsidP="0089089D" w14:paraId="67BF7DFA" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="407F3EFA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E18DB">
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Projekta iesniedzējs</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9072" w:type="dxa"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblW w:w="9185" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2520"/>
+        <w:gridCol w:w="2633"/>
         <w:gridCol w:w="6552"/>
       </w:tblGrid>
-      <w:tr w14:paraId="102269B4" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="4CACEF8A" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
-          <w:tblW w:w="9072" w:type="dxa"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblW w:w="9185" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9185" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="3850D5AF" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="6C9FE1F9" w14:textId="77777777">
             <w:pPr>
               <w:ind w:firstLine="34"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Organizācijas juridiskais statuss:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="44950FBC" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="2051A364" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
-          <w:tblW w:w="9072" w:type="dxa"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblW w:w="9185" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="181"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9185" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="133DCAAD" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="216E5222" w14:textId="77777777">
             <w:pPr>
               <w:ind w:firstLine="34"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Organizācijas nosaukums:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="27B3B179" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="56759289" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
-          <w:tblW w:w="9072" w:type="dxa"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblW w:w="9185" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="171"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9185" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="258984AD" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="76F60047" w14:textId="77777777">
             <w:pPr>
               <w:ind w:firstLine="34"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Nodokļu maksātāja reģistrācijas Nr.:</w:t>
+              <w:t>Nodokļu maksātāja reģistrācijas Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="70413082" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="0A75F24F" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
-          <w:tblW w:w="9072" w:type="dxa"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblW w:w="9185" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="175"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9185" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="33AC3384" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="77837D97" w14:textId="77777777">
             <w:pPr>
               <w:ind w:firstLine="34"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Organizācijas adrese:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="58E50E13" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="70F5260D" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
-          <w:tblW w:w="9072" w:type="dxa"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblW w:w="9185" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="321"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9185" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="0FEED81A" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="69DD7C44" w14:textId="77777777">
             <w:pPr>
               <w:ind w:firstLine="34"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Organizācijas vadītāja vārds, uzvārds:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="1CCD5A54" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="2B8C7E74" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
-          <w:tblW w:w="9072" w:type="dxa"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblW w:w="9185" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="128"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9185" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="6659C452" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="07C1A967" w14:textId="77777777">
             <w:pPr>
               <w:ind w:firstLine="34"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Amata nosaukums:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="0F14010C" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="18465187" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
-          <w:tblW w:w="9072" w:type="dxa"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblW w:w="9185" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2520" w:type="dxa"/>
+            <w:tcW w:w="2633" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="0D0F0882" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="47DBFE28" w14:textId="77777777">
             <w:pPr>
               <w:ind w:firstLine="34"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Tālrunis:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="14C61B5A" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="5DB23273" w14:textId="77777777">
             <w:pPr>
               <w:ind w:firstLine="34"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>E-pasts:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="729FB9AF" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="429301CC" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
-          <w:tblW w:w="9072" w:type="dxa"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblW w:w="9185" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="122"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9185" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="0D78E96D" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="5CB26329" w14:textId="77777777">
             <w:pPr>
               <w:ind w:firstLine="34"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Projekta vadītāja vārds, uzvārds:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3C875DEC" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="782FE1E0" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
-          <w:tblW w:w="9072" w:type="dxa"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblW w:w="9185" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9185" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="74A36C87" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="1CB8CA26" w14:textId="77777777">
             <w:pPr>
               <w:ind w:firstLine="34"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Amata nosaukums:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2A6D4D30" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="35FA77DC" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
-          <w:tblW w:w="9072" w:type="dxa"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblW w:w="9185" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2520" w:type="dxa"/>
+            <w:tcW w:w="2633" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="302AE959" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="5FF958EA" w14:textId="77777777">
             <w:pPr>
               <w:ind w:firstLine="34"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Tālrunis:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="7946C129" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="7BD503A9" w14:textId="77777777">
             <w:pPr>
               <w:ind w:firstLine="34"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>E-pasts:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0089089D" w:rsidP="0089089D" w14:paraId="3E36F7B0" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="64D50A5C" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="4884" w:type="pct"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblW w:w="4945" w:type="pct"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2647"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3050"/>
+        <w:gridCol w:w="2785"/>
+        <w:gridCol w:w="3319"/>
+        <w:gridCol w:w="3081"/>
       </w:tblGrid>
-      <w:tr w14:paraId="08CA07AD" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="182B4318" w14:textId="77777777" w:rsidTr="00F828F1">
         <w:tblPrEx>
-          <w:tblW w:w="4884" w:type="pct"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblW w:w="4945" w:type="pct"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="pct"/>
+            <w:tcW w:w="1516" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidP="00284BAA" w14:paraId="5DC8FF31" w14:textId="77777777">
-[...1 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="5BFB6AA6" w14:textId="77777777">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Darbības jomas Nr.</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="pct"/>
+            <w:tcW w:w="1807" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidP="00284BAA" w14:paraId="02F2D5FE" w14:textId="77777777">
-[...1 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="57374C7A" w14:textId="77777777">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Darbības jomas nosaukums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="pct"/>
+            <w:tcW w:w="1677" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidP="00284BAA" w14:paraId="390826EC" w14:textId="77777777">
-[...1 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="7F7DCCEB" w14:textId="77777777">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>NACE 2. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>red</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV"/>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="077CBD5F" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="1F46E9BC" w14:textId="77777777" w:rsidTr="00F828F1">
         <w:tblPrEx>
-          <w:tblW w:w="4884" w:type="pct"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblW w:w="4945" w:type="pct"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="pct"/>
+            <w:tcW w:w="1516" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE36C3" w:rsidRPr="003B4DDD" w:rsidP="00EE36C3" w14:paraId="49953D75" w14:textId="3A86A45B">
-[...1 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="4EB99C9A" w14:textId="77777777">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B4DDD">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Organizācijas:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="pct"/>
+            <w:tcW w:w="1807" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidP="00284BAA" w14:paraId="7D638186" w14:textId="77777777">
-[...1 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="41B99238" w14:textId="77777777">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="pct"/>
+            <w:tcW w:w="1677" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidP="00284BAA" w14:paraId="6D6CF194" w14:textId="77777777">
-[...1 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="072B32C2" w14:textId="77777777">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7358BBD2" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="66294D03" w14:textId="77777777" w:rsidTr="00F828F1">
         <w:tblPrEx>
-          <w:tblW w:w="4884" w:type="pct"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblW w:w="4945" w:type="pct"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="pct"/>
+            <w:tcW w:w="1516" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE36C3" w:rsidRPr="003B4DDD" w:rsidP="00284BAA" w14:paraId="0CD2B948" w14:textId="1E519475">
-[...1 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="7E81A00B" w14:textId="77777777">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B4DDD">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Projekta:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="pct"/>
+            <w:tcW w:w="1807" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE36C3" w:rsidP="00284BAA" w14:paraId="0B1ABB07" w14:textId="77777777">
-[...1 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="4DE5C287" w14:textId="77777777">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1723" w:type="pct"/>
+            <w:tcW w:w="1677" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE36C3" w:rsidP="00284BAA" w14:paraId="1B85B40B" w14:textId="77777777">
-[...1 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="02648AB1" w14:textId="77777777">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0089089D" w:rsidP="0089089D" w14:paraId="6CA48DF6" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="597C6C71" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000E18DB" w:rsidP="0089089D" w14:paraId="7FE712D2" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="155921AA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E18DB">
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Informācija par projekta iesniedzēja statusu projektā</w:t>
+        <w:t xml:space="preserve">Informācija par projekta iesniedzēja statusu projektā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(nevajadzīgo dzēst)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9072" w:type="dxa"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblW w:w="9185" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9072"/>
+        <w:gridCol w:w="9185"/>
       </w:tblGrid>
-      <w:tr w14:paraId="1B0A5C14" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="7720C1EA" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
-          <w:tblW w:w="9072" w:type="dxa"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblW w:w="9185" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="180"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9185" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="5EC9F740" w14:textId="77777777">
-            <w:pPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="176D3ED7" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="9"/>
               </w:numPr>
-              <w:ind w:left="318" w:hanging="318"/>
+              <w:ind w:left="342"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta </w:t>
             </w:r>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>iesniedzējorganizācija</w:t>
             </w:r>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0089089D" w:rsidRPr="00C96286" w:rsidP="00284BAA" w14:paraId="051F40EC" w14:textId="77777777">
-            <w:pPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="55108DE7" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="9"/>
               </w:numPr>
-              <w:ind w:left="318" w:hanging="318"/>
+              <w:ind w:left="342"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta </w:t>
             </w:r>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>partnerorganizācija</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="009E74C2">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="0089089D" w14:paraId="777B2389" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="3EBC1688" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidP="0089089D" w14:paraId="4A0F286B" w14:textId="64F22AB0">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="50B9483B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E18DB">
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Projekta apraksts, mērķi un to nozīme nacionālā mērogā (līdz 4 000 rakstu zīmēm) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblW w:w="9214" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8953"/>
+        <w:gridCol w:w="9214"/>
       </w:tblGrid>
-      <w:tr w14:paraId="20D89A04" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="3F9C92CC" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
-          <w:tblW w:w="0" w:type="auto"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblW w:w="9214" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="550"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002D7BFD" w:rsidP="002D7BFD" w14:paraId="0A2BF8E9" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="6F14DDB1" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Apraksts:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002D7BFD" w:rsidP="002D7BFD" w14:paraId="53F8C45B" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="0E89BC7A" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="002D7BFD" w:rsidP="002D7BFD" w14:paraId="0991BC5E" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="55103A75" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Mērķi: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002D7BFD" w:rsidP="002D7BFD" w14:paraId="36F40571" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="6A9F85CD" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="002D7BFD" w:rsidP="002029A4" w14:paraId="4A8188BB" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidP="00720B4B" w14:paraId="04DCE783" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0051698B" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="26416C2D" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="29AA3E7E" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tulkojamo darbu izvēles pamatojums un izvēlēto tulkotāju pieredze un profesionalitāte </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(tikai “Eiropas daiļliteratūras darbu aprite” (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Circulation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>European</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>literary</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>works</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>) ietvaros atbalstītajiem projektiem)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="032C4091" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:i/>
-[...5 lines deleted...]
-              <w:rPr>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Nozīme:</w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="002D7BFD" w:rsidP="002029A4" w14:paraId="66674F1D" w14:textId="77777777">
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="53B5B784" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:iCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Nozīme (ja attiecināms):</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="7D4E2FAC" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00812D0E">
+          </w:p>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="3B87DFD5" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Projekts atsaucas uz kādu no Latvijā tapušajiem pilsoniskās sabiedrības iesaistes politikas dokumentiem</w:t>
-[...1 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D7BFD" w:rsidP="002D7BFD" w14:paraId="1E979E9F" w14:textId="77777777">
+              <w:t>Projekts atsaucas uz kādu no Latvijā tapušajiem pilsoniskās sabiedrības iesaistes politikas dokumentiem:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="66A2BC14" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="002D7BFD" w:rsidRPr="00986574" w:rsidP="002D7BFD" w14:paraId="39AD0657" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="0C1632F8" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00986574">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Kultūrpolitikas pamatnostādnes 2022.</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Kultūrpolitikas pamatnostādnes 2022.–2027. gadam “Kultūrvalsts”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="4AAE168E" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...20 lines deleted...]
-              <w:r w:rsidRPr="00DD1ABA">
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidRPr="009E74C2">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:i/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="lv-LV"/>
                 </w:rPr>
                 <w:t>https://www.km.gov.lv/lv/kulturpolitikas-planosanas-dokumenti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="002D7BFD" w:rsidP="002D7BFD" w14:paraId="49686C24" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="13A423D9" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...21 lines deleted...]
-          <w:p w:rsidR="002D7BFD" w:rsidP="002D7BFD" w14:paraId="460979B8" w14:textId="77777777">
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>[ja attiecināms, pamatojums, ja neattiecas, atzīmēt n/a]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="1B0002A4" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="002D7BFD" w:rsidRPr="00986574" w:rsidP="002D7BFD" w14:paraId="748F5D1C" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="6A721A01" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00986574">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Saliedētas un pilsoniski aktīvas sabiedrības attīstības pamatnostādnes 2021.</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Saliedētas un pilsoniski aktīvas sabiedrības attīstības pamatnostādnes 2021.–2027. gadam</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="365C7CB1" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...20 lines deleted...]
-              <w:r w:rsidRPr="00DD1ABA">
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidRPr="009E74C2">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:i/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="lv-LV"/>
                 </w:rPr>
                 <w:t>https://www.km.gov.lv/lv/dokumenti-0</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="002D7BFD" w:rsidP="002D7BFD" w14:paraId="3B503705" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="15287476" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...21 lines deleted...]
-          <w:p w:rsidR="002D7BFD" w:rsidP="002D7BFD" w14:paraId="0F5B9F86" w14:textId="77777777">
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>[ja attiecināms, pamatojums, ja neattiecas, atzīmēt n/a]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="4C088465" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="002D7BFD" w:rsidRPr="00986574" w:rsidP="002D7BFD" w14:paraId="49038FF3" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="7DCBF300" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00986574">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Horizontālais princips “Vienlīdzība, iekļaušana, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00986574">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>nediskriminācija</w:t>
             </w:r>
-            <w:r w:rsidRPr="00986574">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> un </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00986574">
+              <w:t xml:space="preserve"> un pamattiesību ievērošana”. Vadlīnijas īstenošanai un uzraudzībai (2021–2027)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="14363ED0" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>pamattiesību</w:t>
-[...20 lines deleted...]
-              <w:r w:rsidRPr="00DD1ABA">
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidRPr="009E74C2">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:i/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="lv-LV"/>
                 </w:rPr>
                 <w:t>https://www.lm.gov.lv/lv/vadlinijas-horizontala-principa-vienlidziba-ieklausana-nediskriminacija-un-pamattiesibu-ieverosana-istenosanai-un-uzraudzibai-2021-2027</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="002D7BFD" w:rsidP="002D7BFD" w14:paraId="73CBD048" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="00147620" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...21 lines deleted...]
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="4992D3EA" w14:textId="77777777">
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>[ja attiecināms, pamatojums, ja neattiecas, atzīmēt n/a]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="2C0464D2" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="0089089D" w14:paraId="30995569" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:ind w:left="284"/>
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="74B880A9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000E18DB" w:rsidP="0089089D" w14:paraId="75B2C2F0" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="652CCA74" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E18DB">
-[...5 lines deleted...]
-        <w:t>Detalizēta informācija par projekta aktivitātēm ar Latvijas organizācijas līdzdalību</w:t>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tulkojamie darbi (Eiropas Komisijai iesniegtā projekta ietvaros) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(tikai “Eiropas daiļliteratūras darbu aprite” (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Circulation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>European</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>literary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>works</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>) ietvaros atbalstītajiem projektiem)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="108" w:tblpY="36"/>
-        <w:tblW w:w="9039" w:type="dxa"/>
+        <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="817"/>
-        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="3005"/>
+        <w:gridCol w:w="2802"/>
+        <w:gridCol w:w="2551"/>
+      </w:tblGrid>
+      <w:tr w14:paraId="3290AEAF" w14:textId="77777777" w:rsidTr="00720B4B">
+        <w:tblPrEx>
+          <w:tblW w:w="9067" w:type="dxa"/>
+          <w:tblLayout w:type="fixed"/>
+          <w:tblLook w:val="01E0"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="1862"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="025FB61C" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:ind w:left="34"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Nr.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="2CDA0E37" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Tulkojamais darbs (nosaukums, autors un valodas, no kuras uz kuru tiek tulkots darbs)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="446016BE" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Tulkojamo darbu atpazīstamība (piešķirtās balvas, informatīvie avoti u. c.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="355561CC" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(līdz 1 000 rakstu zīmēm) katrā ailītē)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="2795A2BB" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vai darbs ir saņēmis Eiropas Savienības Literatūras balvu (skatīt </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidRPr="009E74C2">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="lv-LV"/>
+                </w:rPr>
+                <w:t>https://www.euprizeliterature.eu/</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="1381150D" w14:textId="77777777" w:rsidTr="00720B4B">
+        <w:tblPrEx>
+          <w:tblW w:w="9067" w:type="dxa"/>
+          <w:tblLayout w:type="fixed"/>
+          <w:tblLook w:val="01E0"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="381"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="738A45BD" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:ind w:left="317" w:hanging="317"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="1AA25F85" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="62372E88" w14:textId="77777777">
+            <w:pPr>
+              <w:ind w:firstLine="720"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="7A01009A" w14:textId="77777777">
+            <w:pPr>
+              <w:ind w:firstLine="720"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="79E77E6D" w14:textId="77777777" w:rsidTr="00720B4B">
+        <w:tblPrEx>
+          <w:tblW w:w="9067" w:type="dxa"/>
+          <w:tblLayout w:type="fixed"/>
+          <w:tblLook w:val="01E0"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="381"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="5A114600" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:ind w:left="317" w:hanging="317"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="63B74344" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="089C7CAB" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="76677459" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="077B804A" w14:textId="77777777" w:rsidTr="00720B4B">
+        <w:tblPrEx>
+          <w:tblW w:w="9067" w:type="dxa"/>
+          <w:tblLayout w:type="fixed"/>
+          <w:tblLook w:val="01E0"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="381"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="40EA24CB" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="34"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>[..]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="719249B3" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="14223C96" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="007AF0FB" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="27F545B7" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="0780509E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Detalizēta informācija par projekta aktivitātēm ar Latvijas organizācijas līdzdalību </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(n/a “Eiropas daiļliteratūras darbu aprite” (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Circulation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>European</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>literary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>works</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>) ietvaros atbalstītajiem projektiem)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="-39" w:tblpY="36"/>
+        <w:tblW w:w="9067" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="3379"/>
         <w:gridCol w:w="2976"/>
-        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="2008"/>
       </w:tblGrid>
-      <w:tr w14:paraId="2C4C6DF0" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="34256AD9" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
-          <w:tblW w:w="9039" w:type="dxa"/>
+          <w:tblW w:w="9067" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="01E0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="573"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="65ED6314" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="60A17209" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="34"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="3379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="5EFED3B3" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="2CA0A10B" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="34"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Aktivitāte (nosaukums)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="710C6745" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="294EF605" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Norises valsts (valstis)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="2008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="03E2BBD4" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="5540DB2F" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="34"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Aktivitātes norises laiks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2416C69C" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="1FDE7CF6" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
-          <w:tblW w:w="9039" w:type="dxa"/>
+          <w:tblW w:w="9067" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="01E0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="136"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="002E6929" w:rsidP="00284BAA" w14:paraId="0B225354" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="1A80D955" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="318" w:hanging="318"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="3379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="002E6929" w:rsidP="00284BAA" w14:paraId="3EE36767" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="5C1E44D4" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="318"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="3502A280" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="104366A4" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="2008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="4120D84D" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="04C54B18" w14:textId="77777777">
             <w:pPr>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3E463E0B" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="5EB1E225" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
-          <w:tblW w:w="9039" w:type="dxa"/>
+          <w:tblW w:w="9067" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="01E0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="298"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="002E6929" w:rsidP="00284BAA" w14:paraId="18CE10D6" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="356CA769" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="318" w:hanging="318"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="3379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="002E6929" w:rsidP="00284BAA" w14:paraId="3468A421" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="245F29E8" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="318"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="2D6D5D48" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="71D77D0C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="2008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="57A05E15" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="72E53868" w14:textId="77777777">
             <w:pPr>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3A667E69" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="47A8C353" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
-          <w:tblW w:w="9039" w:type="dxa"/>
+          <w:tblW w:w="9067" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="01E0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="817" w:type="dxa"/>
+            <w:tcW w:w="704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="00A93514" w:rsidP="00284BAA" w14:paraId="27C713D9" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="693D82BA" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="34"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93514">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>[..]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="3379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="002E6929" w:rsidP="00284BAA" w14:paraId="1B513C3C" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="77CCF8E0" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="34"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="16807974" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="0D74AB61" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="2008" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="59C01EB2" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="4FDF6168" w14:textId="77777777">
             <w:pPr>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="0089089D" w14:paraId="090C63A1" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="305A1A40" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="005676D3" w:rsidP="0089089D" w14:paraId="3B56D707" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="0BADCD97" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E18DB">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="009575DE">
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Informācija par projekta partnerību </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(ieskaitot Latvijas organizāciju, ko pārstāvat)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2248"/>
+        <w:gridCol w:w="2361"/>
         <w:gridCol w:w="6705"/>
       </w:tblGrid>
-      <w:tr w14:paraId="3E039B12" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="7763B8DA" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2361" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="0D840296" w14:textId="77777777">
-            <w:pPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="25B4C025" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="1C63DC35" w14:textId="77777777">
-            <w:pPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="223C1E50" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Organizācija (valsts)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2A95633C" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="6B007929" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2361" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="2B60D5C3" w14:textId="77777777">
-            <w:pPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="47B78293" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Projekta</w:t>
-[...21 lines deleted...]
-            <w:tcW w:w="6804" w:type="dxa"/>
+              <w:t>Projekta iesniedzējs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="3CF5539C" w14:textId="77777777">
-            <w:pPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="66191326" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2E1AAFD3" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="1FB18256" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2361" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="400CCD4A" w14:textId="77777777">
-            <w:pPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="0C350A5E" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Sadarbības partneri</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="462C5737" w14:textId="77777777">
-            <w:pPr>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="69DB5DFC" w14:textId="77777777">
+            <w:pPr>
+              <w:keepNext/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4F904197" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="626B6F50" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2361" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="50D7F922" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="77E1E565" w14:textId="77777777">
             <w:pPr>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="087D7222" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="302A50D3" w14:textId="77777777">
             <w:pPr>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="619518B9" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="589A11EE" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2361" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="6C312362" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="4E9A46E6" w14:textId="77777777">
             <w:pPr>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="6705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="3427452A" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="0F9EC28B" w14:textId="77777777">
             <w:pPr>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="0089089D" w14:paraId="2FE26173" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="29AEC396" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000E18DB" w:rsidP="0089089D" w14:paraId="1AC1565E" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="30920917" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E18DB">
-[...5 lines deleted...]
-        <w:t>Kādas ir izvēlētās metodes darbam ar mērķa grupu un kā tās atbilst projekta mērķu sasniegšanai? (līdz 2 000 rakstu zīmēm)</w:t>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kādas ir izvēlētās metodes darbam ar mērķa grupu un kā tās atbilst projekta mērķu sasniegšanai? (līdz 2 000 rakstu zīmēm) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(n/a “Eiropas daiļliteratūras darbu aprite” (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Circulation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>European</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>literary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>works</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>) ietvaros atbalstītajiem projektiem)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8953"/>
+        <w:gridCol w:w="9066"/>
       </w:tblGrid>
-      <w:tr w14:paraId="553FBF76" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="044E4B95" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="577"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9066" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="061B029C" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="6D7388A6" w14:textId="77777777">
             <w:pPr>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="0089089D" w14:paraId="09A0F2D4" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="4AB64F99" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000E18DB" w:rsidP="0089089D" w14:paraId="7E906423" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="4F186A76" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E18DB">
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Pieprasītā līdzfinansējuma pamatojums (līdz 2 000 rakstu zīmēm)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="108" w:tblpY="42"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="-39" w:tblpY="42"/>
+        <w:tblW w:w="9186" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9039"/>
+        <w:gridCol w:w="9186"/>
       </w:tblGrid>
-      <w:tr w14:paraId="39F80166" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="39D14485" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
-          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblW w:w="9186" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="564"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9039" w:type="dxa"/>
+            <w:tcW w:w="9186" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="00605AE1" w:rsidP="00284BAA" w14:paraId="045E8A9B" w14:textId="77777777">
-[...1 lines deleted...]
-              <w:ind w:firstLine="720"/>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="76B90E73" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>piemēram, norādīts, ka nav citu alternatīvu finanšu instrumentu, valsts vai pašvaldības budžeta līdzekļu, no kuriem piesaistīt līdzfinansējumu konkrētajam projektam;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="346C4CF6" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>vai līdzfinansējums sekmēs tulkoto darbu pieejamību plašākam lasītāju lokam?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(tikai </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Eiropas daiļliteratūras darbu aprite” (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Circulation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>European</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>literary</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>works</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>) ietvaros atbalstītajiem projektiem)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0089089D" w:rsidP="0089089D" w14:paraId="7A5A7C85" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="2C3E8346" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000E18DB" w:rsidP="0089089D" w14:paraId="7C67EBAE" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="753EEFEA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E18DB">
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Kāds ir projekta publicitātes plāns, tā paredzētā īstenošana un rezultātu izplatīšanas mehānisms? (līdz 2 000 rakstu zīmēm)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8953"/>
+        <w:gridCol w:w="9066"/>
       </w:tblGrid>
-      <w:tr w14:paraId="7F3469E4" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="72AEABA4" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="577"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9066" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="39C96BAC" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="0A86DBE6" w14:textId="77777777">
             <w:pPr>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000E18DB" w:rsidP="0089089D" w14:paraId="7BD3F63A" w14:textId="4E7CAEBB">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="31FBAF69" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="1F851A4D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> (līdz 2 000 rakstu zīmēm)</w:t>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Vai projekta iesniegumā plānotās aktivitātes un projekta ieguvumi ir vērsti uz vietējo mērķauditoriju, norādot procentuāli aptuveno plānoto pasākumu vietējo un ārvalstu iedzīvotāju skaita sadalījumu (līdz 2 000 rakstu zīmēm)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8953"/>
+        <w:gridCol w:w="9066"/>
       </w:tblGrid>
-      <w:tr w14:paraId="69A209AD" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="76BEB429" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="577"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9066" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="0D9A0AEE" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="504EB691" w14:textId="77777777">
             <w:pPr>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D9604A" w:rsidP="00D9604A" w14:paraId="41D40E1F" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="0D1280C9" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D9604A" w:rsidRPr="001528DB" w:rsidP="00D9604A" w14:paraId="7F2E9925" w14:textId="045FD677">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="19E3441D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Projekta atbilstība/neatbilstība saimnieciskajai darbībai (līdz 2 000 rakstu zīmēm) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(n/a „Eiropas daiļliteratūras darbu aprite” (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Circulation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E18DB" w:rsidR="00715FD4">
-[...5 lines deleted...]
-        <w:t>(līdz 2 000 rakstu zīmēm)</w:t>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>European</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>literary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>works</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>) ietvaros atbalstītajiem projektiem)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8953"/>
+        <w:gridCol w:w="9066"/>
       </w:tblGrid>
-      <w:tr w14:paraId="18BC2663" w14:textId="77777777" w:rsidTr="003B4DDD">
+      <w:tr w14:paraId="17F4A97D" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
-          <w:tblInd w:w="108" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="577"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:tcW w:w="9066" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D9604A" w:rsidP="007378A2" w14:paraId="6A795208" w14:textId="00A11A44">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="3EB8BCA4" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="003A03A8" w:rsidP="007378A2" w14:paraId="6F14E792" w14:textId="1E84B6D3">
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lai spriestu vai projekts neatbilst saimnieciskajai darbībai, lūdzam norādīt pamatojumu, piemēram, pasākums būs pieejams bez maksas, tas kalpos tikai sociālam mērķim, un tam nav saimnieciska rakstura, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>kā arī attiecībā uz projekta iesniedzēju, atbalsts nav</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> preču vai pakalpojumu piedāvāšanai tirgū (piemēram, atbalsts literāro darbu tulkošanai, kas ir pakalpojums tirgū)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="5029AA95" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="6981E926" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Ja projekta ietvaros ir paredzēti ieņēmumi, lūdzu sniegt aprakstu par precēm vai pakalpojumiem un provizorisko ieņēmumu apjomu % pret kopējo projekta budžetu</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Lai spriestu vai projekts neatbilst saimnieciskajai darbībai, l</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00062F26" w:rsidR="001B4C84">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="37DA3A89" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>ūdzam norādīt pamatojumu, piemēram, pasākums būs pieejams bez maksas, tas kalpos tikai sociālam mērķim, un tam nav saimnieciska rakstura</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007A1431">
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="4A046A8B" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FA5C25">
+            </w:pPr>
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...23 lines deleted...]
-            <w:r w:rsidRPr="007A1431" w:rsidR="001B4C84">
+              <w:t xml:space="preserve">Ja projekts, kura pamatdarbība ir noteikta vispārējās ekonomiskās darbības klasifikācijas NACE 90.0 sadaļā – Radošas, mākslinieciskas un izklaides darbības un ir attiecināms uz kultūras nozari </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>ir saistīts ar ieņēmumu gūšanu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001B4C84">
+              <w:t>, lūdzam norādīt informāciju vai no atbalstītā kultūras pasākuma apmeklētājiem vai kultūras pakalpojuma saņēmējiem:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="267828FE" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...108 lines deleted...]
-          <w:p w:rsidR="004C5CC7" w:rsidP="004C5CC7" w14:paraId="4171D712" w14:textId="60FB4DFE">
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="6AC97196" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="318" w:hanging="318"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004C5CC7">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>vairāk nekā 85% ir Latvijas iedzīvotāji</w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="00D247E2" w:rsidRPr="003B4DDD" w:rsidP="009B64EE" w14:paraId="39B61122" w14:textId="6E311209">
+              <w:t>vairāk nekā 85 % ir Latvijas iedzīvotāji;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="4D17751D" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="318" w:hanging="318"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B64EE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>mazāk nekā 85% ir Latvijas iedzīvotāji.</w:t>
+              <w:t>mazāk nekā 85 % ir Latvijas iedzīvotāji.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D9604A" w:rsidP="0089089D" w14:paraId="43C39912" w14:textId="77777777">
-      <w:pPr>
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="2016CC9F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. APLIECINĀJUMS </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="005E098C" w:rsidP="0089089D" w14:paraId="55DB75A5" w14:textId="3786F511">
-[...35 lines deleted...]
-    <w:p w:rsidR="0089089D" w:rsidP="0089089D" w14:paraId="5F3D2F9A" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="25B4A9AF" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="0089089D" w14:paraId="49582007" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:ind w:firstLine="426"/>
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="1EDE61B6" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk104233748"/>
-      <w:r w:rsidRPr="000553AE">
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Apliecinu, ka:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="0089089D" w14:paraId="54D19AC3" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="5457535D" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:hanging="294"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000553AE">
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>esmu iepazinies ar valsts budžeta līdzfinansējuma saņemšanas nosacījumiem un apņemos tos ievērot;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="0089089D" w14:paraId="082B0C1A" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="3526053B" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:hanging="294"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000553AE">
-[...18 lines deleted...]
-        <w:t>un tam pievienotajos dokumentos sniegtā informācija ir patiesa;</w:t>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>projekta iesniegumā un tam pievienotajos dokumentos sniegtā informācija ir patiesa;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="0089089D" w14:paraId="767BEC14" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="0EA3783C" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:hanging="294"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000553AE">
-[...18 lines deleted...]
-        <w:t>ministriju iepriekšējos līdzfinansējuma konkursos;</w:t>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>esmu izpildījis saistības pret Kultūras ministriju iepriekšējos līdzfinansējuma konkursos;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="00FF3C40" w:rsidP="0089089D" w14:paraId="0B1CA2AC" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="30485A6F" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:hanging="294"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000553AE">
-[...11 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>valsts budžeta līdzfinansējuma konkursā pieprasīto finansējumu neizlietošu tādu aktivitāšu izmaksu segšanai, kurām esmu saņēmis finansējumu no citiem finansējuma avotiem;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidP="0089089D" w14:paraId="64994712" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="62C2167C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>e</w:t>
-[...13 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>esmu informēts, ka:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="005F424D" w:rsidP="0089089D" w14:paraId="67486C48" w14:textId="401CD0BE">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="4AE57BCC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:ind w:left="1094" w:hanging="357"/>
+        <w:ind w:left="851" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>datu p</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005F424D">
+        <w:t>datu pārzinis Kultūras ministrija (reģistrācijas Nr.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>ārzinis</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00364D43">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005F424D">
+        <w:t>90000042963, adrese: K.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>Kultūra</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>s ministrija (reģistrācijas Nr.</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">1364, e-pasts: </w:t>
+        <w:t xml:space="preserve">Valdemāra iela 11a, Rīga, LV-1364, e-pasts: </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="005F424D">
+        <w:r w:rsidRPr="009E74C2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>pasts@km.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005F424D">
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>) veic manu</w:t>
-[...55 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>) veic manu un projekta iesniegumā norādīto personu datu apstrādi, lai nodrošinātu projekta iesnieguma izvērtēšanu un esmu saņēmis projekta iesniegumā norādīto personu piekrišanu personas datu norādīšanai projekta iesniegumā un personas datu apstrādei Kultūras ministrijā projekta iesnieguma izvērtēšanai un lēmuma pieņemšanai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="005F424D" w:rsidP="0089089D" w14:paraId="606EF1D4" w14:textId="5D0962D2">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="60CB1866" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:ind w:left="1094" w:hanging="357"/>
+        <w:ind w:left="851" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>d</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005F424D">
+        <w:t xml:space="preserve">datu apstrādes nolūks – projekta iesnieguma izvērtēšana un lēmuma pieņemšana par līdzfinansējuma piešķiršanu projekta iesniedzējam valsts budžeta apakšprogrammā 67.06.00 </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>atu apstrādes nolūks</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> –</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005F424D">
+        <w:t xml:space="preserve">Eiropas Kopienas iniciatīvas projektu un pasākumu īstenošana” Eiropas Komisijas programmu </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">projekta iesnieguma izvērtēšana un </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005F424D">
+        <w:t xml:space="preserve">Radošā Eiropa” un </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">lēmuma pieņemšana par </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>līdzfinansējuma piešķiršanu</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005F424D">
+        <w:t>Pilsoņi, vienlīdzība, tiesības un vērtības” ietvaros atbalstītajiem projektiem 2026.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>projekta iesniedzējam v</w:t>
-[...90 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>gadā paredzētā līdzfinansējuma piešķiršanas konkursā;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="005F424D" w:rsidP="0089089D" w14:paraId="1B402C88" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="6A73F258" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:ind w:left="1094" w:hanging="357"/>
+        <w:ind w:left="851" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>p</w:t>
-[...34 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>personas datu saņēmēji – ar Kultūras ministrijas valsts sekretāra rīkojumu izveidota projektu iesniegumu vērtēšanas komisija.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="0089089D" w14:paraId="07F92112" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="7D250C61" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="0089089D" w14:paraId="7B7663D6" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:ind w:firstLine="426"/>
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="1158F375" w14:textId="77777777">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000553AE">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> pievienoti:</w:t>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Projekta iesniegumam pievienoti:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="284" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6166"/>
+        <w:gridCol w:w="6455"/>
         <w:gridCol w:w="2611"/>
       </w:tblGrid>
-      <w:tr w14:paraId="2D6E9CC8" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="4D986881" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
-          <w:tblInd w:w="284" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6166" w:type="dxa"/>
+            <w:tcW w:w="6455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="07E100B5" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="1C8079B1" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Dokuments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="5DE4CBE3" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="07C938E5" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>tzīmēt</w:t>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Nepieciešamo atzīmēt</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5C6F0CB4" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="5097230D" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
-          <w:tblInd w:w="284" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6166" w:type="dxa"/>
+            <w:tcW w:w="6455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidP="00284BAA" w14:paraId="07816BEB" w14:textId="2A98CB6A">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="6AEE095B" w14:textId="329BFDAA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F7474">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="007F7474">
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Valsts budžeta apakšprogrammā 67.06.00 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eiropas Kopienas iniciatīvas projektu un pasākumu īstenošana” Eiropas Komisijas programmu </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Radošā Eiropa” un </w:t>
             </w:r>
-            <w:r w:rsidRPr="001954BF">
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> konkursa nolikum</w:t>
+            <w:r w:rsidR="0051698B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Pilsoņi, vienlīdzība, tiesības un vērtības” ietvaros atbalstītajiem projektiem 2026.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">a </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>gadā paredzētā līdzfinansējuma piešķiršanas konkursa nolikuma (turpmāk – Nolikums) 14.2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>14</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> piešķirto līdzfinansējumu kopija, ja attiecināms.</w:t>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>punktā minētā līguma par Eiropas Komisijas piešķirto līdzfinansējumu kopija, ja attiecināms.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="0B15BFE3" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="48E9E8DC" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7F6483C7" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="6DF0ED8D" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
-          <w:tblInd w:w="284" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6166" w:type="dxa"/>
+            <w:tcW w:w="6455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="2B4739CC" w14:textId="26807FCA">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="51288F79" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001142BD">
-[...4 lines deleted...]
-              <w:t>Nolikuma 1</w:t>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Nolikuma 14.3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> piešķirto līdzfinansējumu kopija, ja attiecināms.</w:t>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>punktā minētā lēmuma par Eiropas Komisijas piešķirto līdzfinansējumu kopija, ja attiecināms.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="668109DE" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="1C15086D" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2A61BC4E" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="33E1EF50" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
-          <w:tblInd w:w="284" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6166" w:type="dxa"/>
+            <w:tcW w:w="6455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="4E206C58" w14:textId="429970E7">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="4ED61DA7" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F5124F">
-[...4 lines deleted...]
-              <w:t>Nolikuma 1</w:t>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Nolikuma 14.4.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> piešķirto līdzfinansējumu kopija, ja attiecināms.</w:t>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>punktā minētā apliecinājuma par Eiropas Komisijas piešķirto līdzfinansējumu kopija, ja attiecināms.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="4CE939F8" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="073C6B02" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="37F7A965" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="7CEA9335" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
-          <w:tblInd w:w="284" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6166" w:type="dxa"/>
+            <w:tcW w:w="6455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="0281D4AE" w14:textId="17E45376">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="7DA6A3C1" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F5124F">
-[...4 lines deleted...]
-              <w:t>Nolikuma 1</w:t>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Nolikuma 14.5.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...90 lines deleted...]
-              <w:t xml:space="preserve"> ja attiecināms.</w:t>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>punktā minētā vadošā partnera parakstīts, pilnvarojums projekta iesniedzējam pieteikt līdzfinansējumu, vai partnerību apliecinošs dokuments, kurā ietverts noteikums par līdzfinansējuma nodrošināšanu, ja attiecināms.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="49C8D09B" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="7CE51F31" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="1EE20AF9" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="74F6BF4A" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
-          <w:tblInd w:w="284" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6166" w:type="dxa"/>
+            <w:tcW w:w="6455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="332A656E" w14:textId="04C03EAE">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="4E1E548F" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D4021E">
-[...4 lines deleted...]
-              <w:t>Nolikuma 1</w:t>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Nolikuma 14.6.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...6 lines deleted...]
-              <w:t>.6.punkt</w:t>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">punktā minētā projekta iesniedzēja paraksttiesīgā pārstāvja un, projekta vadītāja parakstīta, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>projekta iesnieguma izdevumu tāme viena budžeta gada ietvaros</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>ā minētā</w:t>
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> (3.pielikums).</w:t>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>pielikums).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="7C81E95A" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="7C9ED8F9" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="50B420F0" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="7B5AB934" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
-          <w:tblInd w:w="284" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6166" w:type="dxa"/>
+            <w:tcW w:w="6455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="00432BCB" w:rsidP="00284BAA" w14:paraId="60CBADE0" w14:textId="746E8AD1">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="39157D62" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00432BCB">
-[...4 lines deleted...]
-              <w:t>Nolikuma 1</w:t>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Nolikuma 14.7.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...22 lines deleted...]
-            <w:r w:rsidRPr="00432BCB">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">punktā minētā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">aizpildītā elektroniskā veidlapa </w:t>
             </w:r>
-            <w:r w:rsidRPr="00432BCB">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
-            <w:r w:rsidRPr="00432BCB">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00432BCB">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00432BCB">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00432BCB">
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbalsta uzskaites sistēmā atbilstoši Ministru kabineta 2018.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>gada 21.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>novembra noteikumiem Nr.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">715 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>de</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00432BCB">
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00432BCB">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:i/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00432BCB">
-[...15 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbalsta uzskaites un piešķiršanas kārtība (ja </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>attiecināms).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="00DA45CB" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="0877EA0D" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3505FE18" w14:textId="77777777" w:rsidTr="00284BAA">
+      <w:tr w14:paraId="05115A80" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
-          <w:tblInd w:w="284" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6166" w:type="dxa"/>
+            <w:tcW w:w="6455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005735B5" w:rsidRPr="00DA0A25" w:rsidP="00284BAA" w14:paraId="2DC3146F" w14:textId="40B16B74">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="628000D7" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA0A25">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00DA0A25">
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Nolikuma 22.2.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">punktā minētā informācija par projektu izmaksu nošķiršanu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA0A25">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA0A25">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA0A25">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsta ietvaros, pievienojot apliecinājumu brīvā formā, ka organizācija neveic darbību izslēgtajās nozarēs, kas minētas Komisijas Regulas Nr.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA0A25" w:rsidR="008C6391">
-[...32 lines deleted...]
-              <w:t>.2.punktā noteiktajām prasībām. (ja attiecināms).</w:t>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>2023/2831 1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>panta 1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>punktā, bet, ja veic, tad nodrošina projekta izmaksu nošķiršanu saskaņā ar nolikuma 22.2.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>punktā noteiktajām prasībām. (ja attiecināms).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005735B5" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="2FF3BF7D" w14:textId="3339C288">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="63AD292C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3E17EF85" w14:textId="77777777" w:rsidTr="004A7387">
+      <w:tr w14:paraId="10DD1FA9" w14:textId="77777777" w:rsidTr="00720B4B">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
-          <w:tblInd w:w="284" w:type="dxa"/>
+          <w:tblInd w:w="-5" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6166" w:type="dxa"/>
+            <w:tcW w:w="6455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="00DA0A25" w:rsidP="00284BAA" w14:paraId="1E60464E" w14:textId="0B3C6364">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="05C987FE" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA0A25">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00DA0A25">
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Nolikuma 22.5.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">punktā minētā informācija par kumulācijas prasību ievērošanu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA0A25">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA0A25">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA0A25">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsta ietvaros, pievienojot piešķīrējas iestādes lēmumu vai citu apliecinošu dokumentu, kurā norādīta informācija par plānoto un piešķirto </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA0A25">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA0A25">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA0A25">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA0A25">
-[...11 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="009E74C2">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbalstu vai citu komercdarbības atbalstu par vienām un tām pašām attiecināmajām izmaksām, atbalsta piešķiršanas datumu, atbalsta sniedzēju, atbalsta pasākumu un plānoto/piešķirto atbalsta summu. (ja attiecināms).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2611" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0089089D" w:rsidRPr="000553AE" w:rsidP="00284BAA" w14:paraId="6E75F3D4" w14:textId="77777777">
+          <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00720B4B" w14:paraId="1F72C430" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000553AE">
+            <w:r w:rsidRPr="009E74C2">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w:rsidR="0089089D" w:rsidP="0089089D" w14:paraId="773E9A17" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="0E144F0B" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="00D93884" w:rsidP="0089089D" w14:paraId="37AA4BAF" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="3C2918C3" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="00D93884" w:rsidP="0089089D" w14:paraId="1B263EA2" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="0FA7BA6C" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93884">
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Organizācijas vadītājs: _________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="00D93884" w:rsidP="0089089D" w14:paraId="253DA053" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="30A782F3" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="00D93884" w:rsidP="0089089D" w14:paraId="483C50F7" w14:textId="19D68578">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="25576338" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Paraksts</w:t>
       </w:r>
-      <w:r w:rsidR="005735B5">
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>: _________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="00D93884" w:rsidP="0089089D" w14:paraId="4CFAF224" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="24862500" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="00D93884" w:rsidP="0089089D" w14:paraId="522823D2" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="494639AE" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Projekta vadītājs: _________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="00D93884" w:rsidP="0089089D" w14:paraId="68F319D6" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="261FA965" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0089089D" w:rsidRPr="00C22E61" w:rsidP="0089089D" w14:paraId="51330BD2" w14:textId="4258D09E">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="27B251B9" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Paraksts</w:t>
       </w:r>
-      <w:r w:rsidR="005735B5">
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D93884" w:rsidR="005735B5">
-[...11 lines deleted...]
-        <w:t>________________</w:t>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>: ________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F371A" w:rsidRPr="001D7BEC" w:rsidP="00681A13" w14:paraId="6B5D9246" w14:textId="6F0CFB2A">
+    <w:p w:rsidR="00AB30D8" w:rsidRPr="009E74C2" w:rsidP="00AB30D8" w14:paraId="7EF5EB5D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005735B5" w:rsidRPr="001D7BEC" w:rsidP="00221A79" w14:paraId="5418242E" w14:textId="14E8B42D">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="001D7BEC">
+    <w:p w:rsidR="0043027D" w:rsidRPr="00F828F1" w:rsidP="00AB30D8" w14:paraId="55339DE2" w14:textId="3B5341BA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidRPr="005735B5">
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="20"/>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009D35C8">
+        <w:t xml:space="preserve"> D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>D</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C62920">
+        <w:t xml:space="preserve">okumenta laukus </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>okumenta laukus „Paraksts” neaizpilda, ja dokuments ir iesniegts elektroniski un sagatavots atbilstoši normatīvajiem aktiem par elektronisko dokumentu noformēšanu.</w:t>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E74C2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Paraksts” neaizpilda, ja dokuments ir iesniegts elektroniski un sagatavots atbilstoši normatīvajiem aktiem par elektronisko dokumentu noformēšanu.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="000F371A">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="EUAlbertina-Regu">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DokChampa">
-    <w:altName w:val="DokChampa"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="83000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
+    <w:altName w:val="?l?r ??u!??I"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00660EF4" w:rsidP="000F371A" w14:paraId="49C00376" w14:textId="77777777">
+    <w:p w:rsidR="008C6B14" w:rsidP="000F371A" w14:paraId="20BDA9B7" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00660EF4" w:rsidP="000F371A" w14:paraId="63ED19FC" w14:textId="77777777">
+    <w:p w:rsidR="008C6B14" w:rsidP="000F371A" w14:paraId="421B5980" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="0089089D" w:rsidP="0089089D" w14:paraId="2791ECB2" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidP="00AB30D8" w14:paraId="040D48A0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.ur.gov.lv/lv/registre/organizaciju/biedriba/dibinasana/darbibas-jomas/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w:rsidR="0089089D" w:rsidP="0089089D" w14:paraId="24321EEA" w14:textId="77777777">
+    <w:p w:rsidR="00AB30D8" w:rsidP="00AB30D8" w14:paraId="0CA7E39E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>http://www.ur.gov.lv/?a=936&amp;z=697&amp;v=lv</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:id w:val="1925787287"/>
+      <w:id w:val="1035145486"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w:rsidR="000F371A" w:rsidRPr="000F371A" w:rsidP="000F371A" w14:paraId="61D6423D" w14:textId="77777777">
+      <w:p w:rsidR="000F371A" w:rsidRPr="000F371A" w:rsidP="000F371A" w14:paraId="30656997" w14:textId="77777777">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="000F371A">
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="000F371A">
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="000F371A">
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00A345B1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidRPr="000F371A">
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
-  <w:p w:rsidR="0022129F" w:rsidRPr="0051627E" w:rsidP="0022129F" w14:paraId="77833DB3" w14:textId="77777777">
+  <w:p w:rsidR="008C0D15" w:rsidRPr="00B9447F" w:rsidP="00F828F1" w14:paraId="3D7A08BF" w14:textId="0B244173">
     <w:pPr>
+      <w:pStyle w:val="ListParagraph"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="004A7387">
+    <w:r>
       <w:rPr>
         <w:szCs w:val="24"/>
-        <w:lang w:val="de-DE"/>
+        <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>1.</w:t>
+      <w:t>1. </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00B9447F">
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>p</w:t>
     </w:r>
-    <w:r w:rsidRPr="0051627E">
+    <w:r w:rsidRPr="00B9447F">
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>ielikums</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0022129F" w:rsidRPr="0051627E" w:rsidP="0022129F" w14:paraId="00E2E7DA" w14:textId="77777777">
+  <w:p w:rsidR="008C0D15" w:rsidRPr="0051627E" w:rsidP="008C0D15" w14:paraId="0DAE62BA" w14:textId="77777777">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>Kultūras ministrijas</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00D247B1" w:rsidRPr="0051627E" w:rsidP="00D247B1" w14:paraId="35CD8884" w14:textId="0ACD3F35">
+  <w:p w:rsidR="008C0D15" w:rsidP="008C0D15" w14:paraId="760E3D27" w14:textId="51A537EB">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>14.02.2025</w:t>
+      <w:t>27.02.2026</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t xml:space="preserve">. </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="0052031D">
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>nolikumam</w:t>
     </w:r>
     <w:r w:rsidRPr="0051627E">
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve"> Nr.</w:t>
     </w:r>
-    <w:r w:rsidRPr="0051627E">
+    <w:r w:rsidR="0065621C">
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>Nr</w:t>
-[...6 lines deleted...]
-      <w:t>.</w:t>
+      <w:t> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>2.5-4-7</w:t>
+      <w:t>2.5-4-1</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0022129F" w:rsidRPr="0022129F" w14:paraId="487B83CF" w14:textId="77777777">
+  <w:p w:rsidR="0022129F" w:rsidRPr="0022129F" w14:paraId="3065699B" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
-  <w:abstractNum w:abstractNumId="0">
-[...99 lines deleted...]
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B0021E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C114B894"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6144,51 +6600,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E452588"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AF363242"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6257,54 +6713,167 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="1EE85916"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1F7E5810"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E56C20A0"/>
+    <w:tmpl w:val="063451BC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32A240F5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6EAE6322"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -6370,164 +6939,164 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="1F7E5810"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49D35F37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="063451BC"/>
+    <w:tmpl w:val="017E9B62"/>
     <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="502" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%3."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%6."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...25 lines deleted...]
-        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E846E1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="68887F44"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6573,64 +7142,65 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="531B7AEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6980E9DA"/>
+    <w:tmpl w:val="AE2E95BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -6686,51 +7256,226 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58336BE9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3AD09C18"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5CF030CB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="10260498"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DC539DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A350C094"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="EUAlbertina-Regu" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6803,306 +7548,206 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2049647673">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="530608401">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="66417782">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1259289515">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1557207430">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1246645824">
+  <w:num w:numId="6" w16cid:durableId="1207446593">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1113748426">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1731614916">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1259289515">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="9" w16cid:durableId="1223978830">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1557207430">
-[...6 lines deleted...]
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="10" w16cid:durableId="937983788">
+    <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD7532"/>
-    <w:rsid w:val="0001106B"/>
     <w:rsid w:val="00014FB7"/>
-    <w:rsid w:val="00023ABF"/>
     <w:rsid w:val="00035F9F"/>
-    <w:rsid w:val="00052214"/>
-[...3 lines deleted...]
-    <w:rsid w:val="000765B8"/>
     <w:rsid w:val="00090DDB"/>
     <w:rsid w:val="000C6BFE"/>
-    <w:rsid w:val="000E18DB"/>
     <w:rsid w:val="000F371A"/>
     <w:rsid w:val="000F6E5D"/>
-    <w:rsid w:val="001142BD"/>
-[...4 lines deleted...]
-    <w:rsid w:val="001B4C84"/>
     <w:rsid w:val="001C5D58"/>
     <w:rsid w:val="001D09C4"/>
-    <w:rsid w:val="001D7BEC"/>
-    <w:rsid w:val="001E2018"/>
     <w:rsid w:val="002000A1"/>
-    <w:rsid w:val="002029A4"/>
     <w:rsid w:val="0022129F"/>
-    <w:rsid w:val="00221A79"/>
     <w:rsid w:val="00262713"/>
     <w:rsid w:val="00277C8A"/>
-    <w:rsid w:val="00277CEA"/>
-[...18 lines deleted...]
-    <w:rsid w:val="004609A7"/>
+    <w:rsid w:val="003D64F8"/>
+    <w:rsid w:val="0043027D"/>
     <w:rsid w:val="00470D67"/>
-    <w:rsid w:val="00481E6D"/>
-[...3 lines deleted...]
-    <w:rsid w:val="004C5CC7"/>
+    <w:rsid w:val="004D642A"/>
     <w:rsid w:val="004E1972"/>
     <w:rsid w:val="0051627E"/>
-    <w:rsid w:val="005527EF"/>
-[...5 lines deleted...]
-    <w:rsid w:val="005F6181"/>
+    <w:rsid w:val="0051698B"/>
+    <w:rsid w:val="0052031D"/>
     <w:rsid w:val="006033B4"/>
-    <w:rsid w:val="00605AE1"/>
-[...31 lines deleted...]
-    <w:rsid w:val="009D35C8"/>
+    <w:rsid w:val="0065621C"/>
+    <w:rsid w:val="00720B4B"/>
+    <w:rsid w:val="00722EA8"/>
+    <w:rsid w:val="00746B08"/>
+    <w:rsid w:val="00777E2E"/>
+    <w:rsid w:val="008C0D15"/>
+    <w:rsid w:val="008C19CC"/>
+    <w:rsid w:val="008C6B14"/>
+    <w:rsid w:val="00997C25"/>
+    <w:rsid w:val="009B08D8"/>
+    <w:rsid w:val="009E74C2"/>
     <w:rsid w:val="009E7ACF"/>
-    <w:rsid w:val="00A00910"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00A62ED4"/>
     <w:rsid w:val="00A746AF"/>
-    <w:rsid w:val="00A75EF3"/>
-    <w:rsid w:val="00A93514"/>
+    <w:rsid w:val="00AB30D8"/>
     <w:rsid w:val="00AD7532"/>
-    <w:rsid w:val="00AE1ACF"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00C13103"/>
+    <w:rsid w:val="00B9447F"/>
     <w:rsid w:val="00C22E61"/>
-    <w:rsid w:val="00C46549"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C96286"/>
     <w:rsid w:val="00CD571F"/>
     <w:rsid w:val="00D066FD"/>
-    <w:rsid w:val="00D247B1"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00E5579D"/>
+    <w:rsid w:val="00DE5BBB"/>
     <w:rsid w:val="00E60A56"/>
-    <w:rsid w:val="00E632B3"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00EF66E5"/>
     <w:rsid w:val="00F167ED"/>
-    <w:rsid w:val="00F47FB3"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FF3C40"/>
+    <w:rsid w:val="00F828F1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="lo-LA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w14:docId w14:val="29488C2B"/>
-  <w15:docId w15:val="{BBFD87E0-0E3E-4210-9048-A74339FE83B4}"/>
+  <w14:docId w14:val="3065698F"/>
+  <w15:docId w15:val="{3736F41C-70DA-4401-BB36-BEAED87B03C0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7587,222 +8232,114 @@
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
     <w:name w:val="Kājene Rakstz."/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000F371A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="VrestekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005527EF"/>
+    <w:rsid w:val="00AB30D8"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="20"/>
       <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="VrestekstsRakstz">
     <w:name w:val="Vēres teksts Rakstz."/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="005527EF"/>
+    <w:rsid w:val="00AB30D8"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005527EF"/>
+    <w:rsid w:val="00AB30D8"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="005527EF"/>
+    <w:rsid w:val="00AB30D8"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005527EF"/>
+    <w:rsid w:val="00AB30D8"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
-    </w:rPr>
-[...104 lines deleted...]
-      <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.km.gov.lv/lv/dokumenti-0" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/vadlinijas-horizontala-principa-vienlidziba-ieklausana-nediskriminacija-un-pamattiesibu-ieverosana-istenosanai-un-uzraudzibai-2021-2027" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@km.gov.lv" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.km.gov.lv/lv/kulturpolitikas-planosanas-dokumenti" TargetMode="External" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/vadlinijas-horizontala-principa-vienlidziba-ieklausana-nediskriminacija-un-pamattiesibu-ieverosana-istenosanai-un-uzraudzibai-2021-2027" TargetMode="External" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.euprizeliterature.eu/" TargetMode="External" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@km.gov.lv" TargetMode="External" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.km.gov.lv/lv/kulturpolitikas-planosanas-dokumenti" TargetMode="External" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.km.gov.lv/lv/dokumenti-0" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ur.gov.lv/lv/registre/organizaciju/biedriba/dibinasana/darbibas-jomas/" TargetMode="External" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ur.gov.lv/?a=936&amp;z=697&amp;v=lv" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Iestāde">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -8056,90 +8593,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml" /></Relationships>
-[...1 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b46cec30-3c96-49ba-8e80-c1db7ce5db41" xmlns:ns3="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="89943475ffa202f7de87fda01a1a2217" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x0101007B98BB4B34F2884EBFE5D98E9C8C082A" ma:contentTypeVersion="19" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="8d971c711bdbff3c11e3f4d89a9dc7e8">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b46cec30-3c96-49ba-8e80-c1db7ce5db41" xmlns:ns3="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d847abb68d33df405200deeeacea6cf3" ns2:_="" ns3:_="">
     <xsd:import namespace="b46cec30-3c96-49ba-8e80-c1db7ce5db41"/>
     <xsd:import namespace="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b46cec30-3c96-49ba-8e80-c1db7ce5db41" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
@@ -8223,50 +8749,55 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cbc571fe-a37c-43d1-b765-14afe1eb7737" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
@@ -8323,158 +8854,130 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="b46cec30-3c96-49ba-8e80-c1db7ce5db41" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B1D160A-78C5-40AD-BDDC-64449D3F022A}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C54C07C-C7DA-4ABD-9C64-2A902AFC8132}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1954FF7-DB94-4211-B982-5010588843AF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b46cec30-3c96-49ba-8e80-c1db7ce5db41"/>
     <ds:schemaRef ds:uri="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A50962D-297F-46FE-B46D-26540D7FEDE5}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74FF342B-C3EC-4E8C-8AFC-99998A1908CD}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2ED96B78-5646-4BE9-BBCF-AEE09374A5DA}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD3FA1F4-FD8C-490F-8939-DFF33D8626B0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d"/>
     <ds:schemaRef ds:uri="b46cec30-3c96-49ba-8e80-c1db7ce5db41"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>5467</Words>
-  <Characters>3117</Characters>
+  <Words>6447</Words>
+  <Characters>3676</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...20 lines deleted...]
-  </TitlesOfParts>
   <Company>LR Kultūras Ministrija</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8567</CharactersWithSpaces>
+  <CharactersWithSpaces>10103</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Iekšējo noteikumu pielikums</dc:title>
   <dc:subject>Elektroniskā dokumenta veidlapa</dc:subject>
   <dc:creator>Juridiskā nodaļa</dc:creator>
   <cp:keywords>pamatdarbības</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007B98BB4B34F2884EBFE5D98E9C8C082A</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
-    <vt:r8>443000</vt:r8>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Order">
+    <vt:r8>2409200</vt:r8>
   </property>
 </Properties>
 </file>