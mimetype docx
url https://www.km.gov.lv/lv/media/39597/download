--- v0 (2025-10-10)
+++ v1 (2026-03-14)
@@ -1,5213 +1,3677 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
-  <!-- Generated by Aspose.Words for .NET 24.10.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
   <w:body>
-    <w:p w:rsidR="004739BB" w:rsidRPr="000836E9" w:rsidP="004739BB" w14:paraId="3D04704B" w14:textId="671A940F">
+    <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004C10C7" w14:paraId="51C85EAA" w14:textId="0879911B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000836E9">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="004B13FE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t>Valsts budžeta apakšprogrammā 67.06.00 „Eiropas Kopienas iniciatīvas projektu un pasākumu īstenošana” Eiropas Komisijas programmu „Radošā Eiropa” un „</w:t>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Valsts budžeta apakšprogrammā 67.06.00 “Eiropas Kopienas iniciatīvas projektu un pasākumu īstenošana” Eiropas Komisijas programmu “Radošā Eiropa” un “Pilsoņi, vienlīdzība, tiesības un vērtības” ietvaros atbalstītajiem projektiem 2026. gadā paredzētā līdzfinansējuma piešķiršanas konkursa projekta iesnieguma </w:t>
       </w:r>
-      <w:r w:rsidRPr="0029388E">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:r w:rsidR="004F6844">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t>Pilsoņi, vienlīdzība, tiesības un vērtības</w:t>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">attiecināmo </w:t>
       </w:r>
-      <w:r w:rsidRPr="000836E9">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="004B13FE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...25 lines deleted...]
-        <w:t>.gadā paredzētā līdzfinansējuma piešķiršanas konkursa projekta iesnieguma izdevumu tāme</w:t>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>izdevumu tāme</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004739BB" w:rsidRPr="000836E9" w:rsidP="004739BB" w14:paraId="6E54D039" w14:textId="77777777">
+    <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="0EE46E83" w14:textId="77777777">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004739BB" w:rsidRPr="000836E9" w:rsidP="004739BB" w14:paraId="46C518E3" w14:textId="0E7BE000">
+    <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="6C704764" w14:textId="794E44F7">
       <w:pPr>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-[...4 lines deleted...]
-        <w:t>I</w:t>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Attiecināmo i</w:t>
       </w:r>
-      <w:r w:rsidRPr="000836E9">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">zdevumu tāme </w:t>
+      <w:r w:rsidRPr="004B13FE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zdevumu tāme līdzfinansējuma piešķīruma īstenošanas 12 mēnešu periodam </w:t>
       </w:r>
-      <w:r>
-[...37 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="004B13FE">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t>(euro)</w:t>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B13FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>euro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B13FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF7643" w:rsidP="00193CE5" w14:paraId="3417D735" w14:textId="11A7E978">
+    <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="2A6FC330" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
-          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="14474" w:type="dxa"/>
+        <w:tblW w:w="14325" w:type="dxa"/>
         <w:tblInd w:w="93" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4126"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="4124"/>
+        <w:gridCol w:w="7792"/>
+        <w:gridCol w:w="2409"/>
       </w:tblGrid>
-      <w:tr w14:paraId="3A235895" w14:textId="77777777" w:rsidTr="000B789F">
+      <w:tr w14:paraId="36B97188" w14:textId="77777777">
         <w:tblPrEx>
-          <w:tblW w:w="14474" w:type="dxa"/>
+          <w:tblW w:w="14325" w:type="dxa"/>
           <w:tblInd w:w="93" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="000000" w:fill="7F7F7F"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003D7886" w:rsidRPr="000836E9" w:rsidP="000B789F" w14:paraId="13ABD6E6" w14:textId="77777777">
-[...14 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="1C9FC5A8" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Pozīcijas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="7796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="000000" w:fill="7F7F7F"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003D7886" w:rsidRPr="000836E9" w:rsidP="000B789F" w14:paraId="425FE309" w14:textId="77777777">
-[...31 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="386E80DE" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nosaukums/atšifrējums </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(pēc iespējas detalizētāk, minot vienību skaitu, izdevuma pozīcijas aprakstu. Ja paredzēta atlīdzība, tad fizisko personu vārdus neminēt, bet norādīt to darbības nosaukumu/profesiju)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="000000" w:fill="7F7F7F"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003D7886" w:rsidRPr="000836E9" w:rsidP="000B789F" w14:paraId="7395B3EC" w14:textId="77777777">
-[...102 lines deleted...]
-              <w:t>Kopā</w:t>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="02529F64" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kopā (summa </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>euro</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ar PVN)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4688F3F4" w14:textId="77777777" w:rsidTr="000B789F">
+      <w:tr w14:paraId="496EB10A" w14:textId="77777777">
         <w:tblPrEx>
-          <w:tblW w:w="14474" w:type="dxa"/>
+          <w:tblW w:w="14325" w:type="dxa"/>
           <w:tblInd w:w="93" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="254"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="000000" w:fill="BFBFBF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003D7886" w:rsidRPr="000836E9" w:rsidP="000B789F" w14:paraId="790A12C8" w14:textId="77777777">
-[...30 lines deleted...]
-            <w:tcW w:w="4111" w:type="dxa"/>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="03453CB6" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>1. Pozīcija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="000000" w:fill="BFBFBF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003D7886" w:rsidRPr="000836E9" w:rsidP="000B789F" w14:paraId="127F8DE0" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="1236D57B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="000000" w:fill="BFBFBF"/>
-[...67 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="5CA88E79" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3CFA7FED" w14:textId="77777777" w:rsidTr="000B789F">
+      <w:tr w14:paraId="1BC13B1F" w14:textId="77777777">
         <w:tblPrEx>
-          <w:tblW w:w="14474" w:type="dxa"/>
+          <w:tblW w:w="14325" w:type="dxa"/>
           <w:tblInd w:w="93" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003D7886" w:rsidRPr="000836E9" w:rsidP="000B789F" w14:paraId="0F03C4AA" w14:textId="77777777">
-[...16 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="368ABADA" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>1.1. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Apakšpozīcija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="7796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003D7886" w:rsidRPr="000836E9" w:rsidP="000B789F" w14:paraId="1E9C6C40" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="032F1E75" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...67 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="41B01923" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="14946292" w14:textId="77777777" w:rsidTr="000B789F">
+      <w:tr w14:paraId="6F5B15AA" w14:textId="77777777">
         <w:tblPrEx>
-          <w:tblW w:w="14474" w:type="dxa"/>
+          <w:tblW w:w="14325" w:type="dxa"/>
           <w:tblInd w:w="93" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003D7886" w:rsidRPr="000836E9" w:rsidP="000B789F" w14:paraId="710A74F2" w14:textId="77777777">
-[...16 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="5F05D1DA" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>1.2. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Apakšpozīcija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="7796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003D7886" w:rsidRPr="000836E9" w:rsidP="000B789F" w14:paraId="39355D8D" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="7D507DDF" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...67 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="13F9C083" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="67E58D31" w14:textId="77777777" w:rsidTr="000B789F">
+      <w:tr w14:paraId="035DE751" w14:textId="77777777">
         <w:tblPrEx>
-          <w:tblW w:w="14474" w:type="dxa"/>
+          <w:tblW w:w="14325" w:type="dxa"/>
           <w:tblInd w:w="93" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003D7886" w:rsidRPr="000836E9" w:rsidP="000B789F" w14:paraId="1B9635B6" w14:textId="77777777">
-[...16 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="145AFDD1" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>1.3. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Apakšpozīcija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="7796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003D7886" w:rsidRPr="000836E9" w:rsidP="000B789F" w14:paraId="6C974335" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="01C7F380" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...67 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="6ED52E4B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2BA7041F" w14:textId="77777777" w:rsidTr="000B789F">
+      <w:tr w14:paraId="5F973921" w14:textId="77777777">
         <w:tblPrEx>
-          <w:tblW w:w="14474" w:type="dxa"/>
+          <w:tblW w:w="14325" w:type="dxa"/>
           <w:tblInd w:w="93" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="447FC067" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="7796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="74050F2C" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...51 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="01241070" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="03131127" w14:textId="77777777" w:rsidTr="000B789F">
+      <w:tr w14:paraId="693DFC88" w14:textId="77777777">
         <w:tblPrEx>
-          <w:tblW w:w="14474" w:type="dxa"/>
+          <w:tblW w:w="14325" w:type="dxa"/>
           <w:tblInd w:w="93" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="000000" w:fill="BFBFBF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003D7886" w:rsidRPr="000836E9" w:rsidP="000B789F" w14:paraId="4155DF05" w14:textId="77777777">
-[...30 lines deleted...]
-            <w:tcW w:w="4111" w:type="dxa"/>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="477799C8" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>2. Pozīcija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="000000" w:fill="BFBFBF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003D7886" w:rsidRPr="000836E9" w:rsidP="000B789F" w14:paraId="1659A0C8" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="52535716" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="000000" w:fill="BFBFBF"/>
-[...67 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="6240C121" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2430D725" w14:textId="77777777" w:rsidTr="000B789F">
+      <w:tr w14:paraId="2849F1D3" w14:textId="77777777">
         <w:tblPrEx>
-          <w:tblW w:w="14474" w:type="dxa"/>
+          <w:tblW w:w="14325" w:type="dxa"/>
           <w:tblInd w:w="93" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003D7886" w:rsidRPr="000836E9" w:rsidP="000B789F" w14:paraId="0D85BC8B" w14:textId="77777777">
-[...16 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="0A0DDCAE" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>2.1. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Apakšpozīcija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="7796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003D7886" w:rsidRPr="000836E9" w:rsidP="000B789F" w14:paraId="5E9EDCE4" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="50D7A892" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...67 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="7C6ACD11" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="6AE77DD5" w14:textId="77777777" w:rsidTr="000B789F">
+      <w:tr w14:paraId="0629C6FE" w14:textId="77777777">
         <w:tblPrEx>
-          <w:tblW w:w="14474" w:type="dxa"/>
+          <w:tblW w:w="14325" w:type="dxa"/>
           <w:tblInd w:w="93" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003D7886" w:rsidRPr="000836E9" w:rsidP="000B789F" w14:paraId="00BA6EC0" w14:textId="77777777">
-[...16 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="37CEEDD1" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>2.2. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Apakšpozīcija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="7796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003D7886" w:rsidRPr="000836E9" w:rsidP="000B789F" w14:paraId="0B377A18" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="18862D51" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...67 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="6E852D5A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="0CE703C3" w14:textId="77777777" w:rsidTr="000B789F">
+      <w:tr w14:paraId="16440F1E" w14:textId="77777777">
         <w:tblPrEx>
-          <w:tblW w:w="14474" w:type="dxa"/>
+          <w:tblW w:w="14325" w:type="dxa"/>
           <w:tblInd w:w="93" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003D7886" w:rsidRPr="000836E9" w:rsidP="000B789F" w14:paraId="4DD34D50" w14:textId="77777777">
-[...16 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="0BC3A3F7" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>2.3. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Apakšpozīcija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="7796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003D7886" w:rsidRPr="000836E9" w:rsidP="000B789F" w14:paraId="3E49D67F" w14:textId="77777777">
-[...10 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="6B75FC37" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...67 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="2859C0BE" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="05134E00" w14:textId="77777777" w:rsidTr="000B789F">
+      <w:tr w14:paraId="68348FD2" w14:textId="77777777">
         <w:tblPrEx>
-          <w:tblW w:w="14474" w:type="dxa"/>
+          <w:tblW w:w="14325" w:type="dxa"/>
           <w:tblInd w:w="93" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="4C04C06C" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="7796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="6D56D6DC" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...51 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="377D97C7" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="56DD5784" w14:textId="77777777" w:rsidTr="000B789F">
+      <w:tr w14:paraId="7BB6E641" w14:textId="77777777">
         <w:tblPrEx>
-          <w:tblW w:w="14474" w:type="dxa"/>
+          <w:tblW w:w="14325" w:type="dxa"/>
           <w:tblInd w:w="93" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="000000" w:fill="BFBFBF"/>
-[...16 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="437E6606" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="7796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="000000" w:fill="BFBFBF"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="631CBBE2" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="000000" w:fill="BFBFBF"/>
-[...51 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="6060C6C9" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7BDDF8B1" w14:textId="77777777" w:rsidTr="000B789F">
+      <w:tr w14:paraId="488F6523" w14:textId="77777777">
         <w:tblPrEx>
-          <w:tblW w:w="14474" w:type="dxa"/>
+          <w:tblW w:w="14325" w:type="dxa"/>
           <w:tblInd w:w="93" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="32AC58A1" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="7796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="18D0ECA3" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...51 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="2212DC05" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="72717797" w14:textId="77777777" w:rsidTr="000B789F">
+      <w:tr w14:paraId="2899E6B6" w14:textId="77777777">
         <w:tblPrEx>
-          <w:tblW w:w="14474" w:type="dxa"/>
+          <w:tblW w:w="14325" w:type="dxa"/>
           <w:tblInd w:w="93" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...13 lines deleted...]
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="4027C7D5" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="512A013B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...51 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="537E1FE1" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="6997DF52" w14:textId="77777777" w:rsidTr="000B789F">
+      <w:tr w14:paraId="2AFDFED3" w14:textId="77777777">
         <w:tblPrEx>
-          <w:tblW w:w="14474" w:type="dxa"/>
+          <w:tblW w:w="14325" w:type="dxa"/>
           <w:tblInd w:w="93" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...13 lines deleted...]
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="3334A424" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="0589D29F" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...51 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="1361D390" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="6F00B5E4" w14:textId="77777777" w:rsidTr="000B789F">
+      <w:tr w14:paraId="1D6E7073" w14:textId="77777777">
         <w:tblPrEx>
-          <w:tblW w:w="14474" w:type="dxa"/>
+          <w:tblW w:w="14325" w:type="dxa"/>
           <w:tblInd w:w="93" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="000000" w:fill="BFBFBF"/>
-[...16 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="6D25B160" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="7796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="000000" w:fill="BFBFBF"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="5A12B013" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="000000" w:fill="BFBFBF"/>
-[...51 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="19F9C104" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="450D6D0C" w14:textId="77777777" w:rsidTr="000B789F">
+      <w:tr w14:paraId="5980BD1B" w14:textId="77777777">
         <w:tblPrEx>
-          <w:tblW w:w="14474" w:type="dxa"/>
+          <w:tblW w:w="14325" w:type="dxa"/>
           <w:tblInd w:w="93" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="30DCB5E2" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="7796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="1E3A6B3B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...51 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="42307EE4" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="351190D4" w14:textId="77777777" w:rsidTr="000B789F">
+      <w:tr w14:paraId="6E03143D" w14:textId="77777777">
         <w:tblPrEx>
-          <w:tblW w:w="14474" w:type="dxa"/>
+          <w:tblW w:w="14325" w:type="dxa"/>
           <w:tblInd w:w="93" w:type="dxa"/>
           <w:tblLayout w:type="fixed"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="255"/>
+          <w:trHeight w:val="208"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4126" w:type="dxa"/>
-[...22 lines deleted...]
-              <w:top w:val="nil"/>
+            <w:tcW w:w="11922" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="3AE38B34" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Kopā (kopsummu atkārtoti ierakstīt nākamās tabulas kolonnā “A”)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...98 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003D7886" w:rsidRPr="00306670" w:rsidP="000B789F" w14:paraId="7DEDF06D" w14:textId="77777777">
-[...47 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="46600DED" w14:textId="5EA3191B">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003D7886" w:rsidP="003D7886" w14:paraId="16347202" w14:textId="77777777">
+    <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="072C4B85" w14:textId="77777777"/>
+    <w:p w:rsidR="00CE4328" w:rsidP="004B13FE" w14:paraId="6E0BD49E" w14:textId="77777777">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003D7886" w:rsidRPr="00597410" w:rsidP="0093328C" w14:paraId="75068121" w14:textId="77777777">
+    <w:p w:rsidR="00CE4328" w:rsidP="004B13FE" w14:paraId="340F9F71" w14:textId="77777777">
       <w:pPr>
-        <w:keepNext/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Augstāk aizpildītās t</w:t>
+    </w:p>
+    <w:p w:rsidR="00CE4328" w:rsidP="004B13FE" w14:paraId="66890757" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE4328" w:rsidP="004B13FE" w14:paraId="324BE251" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B13FE" w:rsidP="004B13FE" w14:paraId="4959DB66" w14:textId="6B83CE0C">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4328">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Kultūras ministrijai pieprasītā līdzfinansējuma apjoms</w:t>
       </w:r>
-      <w:r w:rsidRPr="00597410">
-[...4 lines deleted...]
-        <w:t>abul</w:t>
+      <w:r w:rsidR="00F93DAF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “D”</w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00CE4328">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>kopējo summu sadalīt tabulā:</w:t>
+      <w:r w:rsidR="008444B2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
+      <w:r w:rsidR="00CE4328">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B13FE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ugstāk aizpildītās tabulas kopējo summu sadalīt tabulā</w:t>
+      </w:r>
+      <w:r w:rsidR="008444B2">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4328">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE4328" w:rsidRPr="00CE4328" w:rsidP="004B13FE" w14:paraId="4739A080" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9889" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2138"/>
         <w:gridCol w:w="2182"/>
         <w:gridCol w:w="3159"/>
         <w:gridCol w:w="2410"/>
       </w:tblGrid>
-      <w:tr w14:paraId="57DE7084" w14:textId="77777777" w:rsidTr="000B789F">
+      <w:tr w14:paraId="3EDD53AD" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblW w:w="9889" w:type="dxa"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2138" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="1742A6BB" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="73032321" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3159" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="5A67A8F7" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...17 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="55C9EEDC" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="0DA67BF4" w14:textId="77777777" w:rsidTr="000B789F">
+      <w:tr w14:paraId="37EFD2D9" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblW w:w="9889" w:type="dxa"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2138" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...14 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="4BDFE0F3" w14:textId="77777777">
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Izdevumu tāmes kopējā summa </w:t>
             </w:r>
-            <w:r w:rsidRPr="00446922">
+            <w:r w:rsidRPr="004B13FE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B13FE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00446922">
-[...78 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(“A” = “B” + “C”)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="66C5A098" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00306670">
-[...35 lines deleted...]
-            <w:r w:rsidRPr="00306670">
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plānots līdzfinansēt no Eiropas Komisijas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B13FE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3159" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="46AECAA6" w14:textId="57175690">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00306670">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00306670">
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plānots savs līdzfinansējums </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B13FE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="004B13FE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FA1474">
-[...31 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(tai skaitā</w:t>
+            </w:r>
+            <w:r w:rsidR="00092C2A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kultūras ministrijai</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pieprasītais līdzfinansējums “D”)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="3AA11D91" w14:textId="1478D1A4">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Kultūras ministrijai</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FA1474">
-[...25 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...64 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>ieprasītais līdzfinansējums*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="51F826A8" w14:textId="200EE207">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00306670">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00306670">
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(nevar pārsniegt 2</w:t>
+            </w:r>
+            <w:r w:rsidR="006955CD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 000 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B13FE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:szCs w:val="24"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:r w:rsidRPr="00306670">
-[...4 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="1F6DC87E" w14:textId="77777777" w:rsidTr="000B789F">
+      <w:tr w14:paraId="7280BCFA" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblW w:w="9889" w:type="dxa"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2138" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="0678A42E" w14:textId="046C3787">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="5D3F27EA" w14:textId="7AE37E2B">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3159" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="5AEB267B" w14:textId="6E31785D">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="0A301ACC" w14:textId="54878621">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DF7643" w:rsidRPr="0093328C" w:rsidP="004739BB" w14:paraId="71B45291" w14:textId="7CB512C7">
+    <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="4FDEBDDA" w14:textId="77777777">
       <w:pPr>
-        <w:ind w:firstLine="720"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008F6672" w:rsidRPr="00597410" w:rsidP="008F6672" w14:paraId="5D1B3131" w14:textId="77777777">
+    <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="2F2637ED" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
-          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00597410">
-[...25 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="004B13FE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Eiropas Komisijai iesniegtā kopējā projekta finansējuma dati:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6629"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w14:paraId="5107D6B3" w14:textId="77777777" w:rsidTr="007C6B52">
+      <w:tr w14:paraId="26A7848B" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="683C4FDE" w14:textId="77777777">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Kopējās projekta izmaksas (visa projekta kopējais finansējums) </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C6B52">
+            <w:r w:rsidRPr="004B13FE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="6CD0F081" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="412618E1" w14:textId="77777777" w:rsidTr="007C6B52">
+      <w:tr w14:paraId="5954EB83" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="03948FC2" w14:textId="77777777">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C6B52">
-[...4 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Eiropas Komisijas finansējums visam projektam </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C6B52">
+            <w:r w:rsidRPr="004B13FE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:szCs w:val="22"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="755BAEFC" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="1060C979" w14:textId="77777777" w:rsidTr="007C6B52">
+      <w:tr w14:paraId="4CD6FFB7" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="29DBE512" w14:textId="77777777">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C6B52">
-[...4 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Eiropas Komisijas finansējums Latvijas organizācijai (līdzfinansējuma pretendentam) </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C6B52">
+            <w:r w:rsidRPr="004B13FE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:szCs w:val="22"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="73EFAD44" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="497C63F8" w14:textId="77777777" w:rsidTr="007C6B52">
+      <w:tr w14:paraId="0E117B99" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="6F1CEC9D" w14:textId="77777777">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C6B52">
-[...4 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Pašu finansējums Latvijas organizācijai (līdzfinansējuma pretendentam) </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C6B52">
+            <w:r w:rsidRPr="004B13FE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:szCs w:val="22"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="43AE3AC5" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="58899EF9" w14:textId="77777777" w:rsidTr="007C6B52">
+      <w:tr w14:paraId="56604E35" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="4FBF62DD" w14:textId="77777777">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
-[...13 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Latvijas organizācijas (līdzfinansējuma pretendenta) visa projekta kopējie izdevumi </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C6B52">
+            <w:r w:rsidRPr="004B13FE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:szCs w:val="22"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D80B24">
+            <w:r w:rsidRPr="004B13FE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:szCs w:val="22"/>
-[...57 lines deleted...]
-              <w:t>)</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (3. ailes un 4. ailes vērtību kopsumma)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="7C40A0A8" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="090EBE9A" w14:textId="77777777" w:rsidTr="007C6B52">
+      <w:tr w14:paraId="65B9B068" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="47A526CA" w14:textId="77777777">
+            <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Dotajam projektam kopējais iepriekšējos Kultūras ministrijas līdzfinansējuma konkursos piešķirtais finansējums </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C6B52">
+            <w:r w:rsidRPr="004B13FE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-                <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="25CDDD90" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="0A35151E" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="1FB1707B" w14:textId="77777777">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dotajam projektam nepieciešamais atlikušais pašu finansējums Latvijas organizācijai (līdzfinansējuma pretendentam) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>euro</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> **</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="7534EB55" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008F6672" w:rsidRPr="0093328C" w:rsidP="004739BB" w14:paraId="499E687C" w14:textId="77777777">
+    <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="3177CF7B" w14:textId="77777777">
       <w:pPr>
-        <w:ind w:firstLine="720"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004739BB" w:rsidRPr="00421652" w:rsidP="00421652" w14:paraId="7F79E0CA" w14:textId="2C7990EF">
+    <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="5C5F6245" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
-          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00421652">
-[...11 lines deleted...]
-        <w:t>eņēmumi/izdevumi</w:t>
+      <w:r w:rsidRPr="004B13FE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Projekta ieņēmumi/izdevumi</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6629"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w14:paraId="18D35D17" w14:textId="77777777" w:rsidTr="007C6B52">
+      <w:tr w14:paraId="7EFF8DD1" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="5249E0EF" w14:textId="77777777">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-[...24 lines deleted...]
-            <w:r w:rsidRPr="000836E9">
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. Līdzfinansējuma pieteicēja kopējie projekta plānotie ieņēmumi </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B13FE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005413AA" w:rsidRPr="007C6B52" w:rsidP="002832A9" w14:paraId="26C15856" w14:textId="25E49833">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="774711EE" w14:textId="77777777">
+            <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="007C6B52">
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:szCs w:val="24"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(ieņēmumi no veiktās saimnieciskās darbības (ja nav attiecināms, lūdzam norādīt “0”) piemēram, biļešu tirdzniecības, projekta ietvaros radīto produktu realizācijas u.tml.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="7C87C0E2" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="27CF934B" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="2CF08489" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. Līdzfinansējuma pieteicēja kopējie projekta plānotie izdevumi </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:szCs w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="005A74AB">
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>euro</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="22194E1E" w14:textId="77777777">
+            <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:szCs w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="007C6B52">
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-              <w:t>tml.)</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(kopējie projekta izdevumi ir Latvijas organizācijas izdevumi par projektu kopumā, ņemot vērā gan Eiropas Komisijas finansējumu, gan pašu līdzfinansējumu. Jāsakrīt ar tabulas “Eiropas Komisijai iesniegtā kopējā projekta finansējuma dati” “5.” ailē norādīto vērtību)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="3FD6A047" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="78EA7743" w14:textId="77777777" w:rsidTr="007C6B52">
+      <w:tr w14:paraId="0DC4A3C9" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
+          <w:tblInd w:w="0" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:bCs/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="6152735E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. Ieņēmumu apjoms (%) pret kopējiem projekta izdevumiem </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B13FE">
+              <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-[...186 lines deleted...]
-              <w:t>)</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(Šīs tabulas 1. ailes vērtība / 2. ailes vērtība x 100)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...85 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="3320D629" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004739BB" w:rsidRPr="007C6B52" w:rsidP="007C6B52" w14:paraId="67E73680" w14:textId="77777777">
+    <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="4BCC1509" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
-          <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004739BB" w:rsidRPr="000836E9" w:rsidP="004739BB" w14:paraId="31B2BBAF" w14:textId="77777777">
+    <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="6F4FCAE4" w14:textId="77777777">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000836E9">
-[...2 lines deleted...]
-          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+      <w:r w:rsidRPr="004B13FE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Organizācijas vadītājs: _______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004739BB" w:rsidRPr="000836E9" w:rsidP="004739BB" w14:paraId="30D6F5D4" w14:textId="47777D60">
+    <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="632777C0" w14:textId="77777777">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000836E9">
-[...4 lines deleted...]
-        <w:t>Paraksts**: _______________________</w:t>
+      <w:r w:rsidRPr="004B13FE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Paraksts***: _______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004739BB" w:rsidRPr="000836E9" w:rsidP="004739BB" w14:paraId="41A183E8" w14:textId="77777777">
+    <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="7C29E261" w14:textId="77777777">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004739BB" w:rsidRPr="000836E9" w:rsidP="004739BB" w14:paraId="6C4E3677" w14:textId="77777777">
+    <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="6DDE9713" w14:textId="77777777">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000836E9">
-[...2 lines deleted...]
-          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+      <w:r w:rsidRPr="004B13FE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Projekta vadītājs: _______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004739BB" w:rsidRPr="000836E9" w:rsidP="004739BB" w14:paraId="0F8C759C" w14:textId="76EB99C8">
+    <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="0F56AD37" w14:textId="77777777">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000836E9">
-[...4 lines deleted...]
-        <w:t>Paraksts**: _______________________</w:t>
+      <w:r w:rsidRPr="004B13FE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Paraksts***: _______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980B6C" w:rsidRPr="000836E9" w:rsidP="004739BB" w14:paraId="226424FC" w14:textId="77777777">
+    <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="0B3FCD75" w14:textId="77777777">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004739BB" w:rsidRPr="001B673A" w:rsidP="001B673A" w14:paraId="163C4AA7" w14:textId="32E52D93">
+    <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="29B9B701" w14:textId="77777777">
       <w:pPr>
-        <w:ind w:left="426" w:hanging="426"/>
-[...4 lines deleted...]
-          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B673A">
-[...3 lines deleted...]
-          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+      <w:r w:rsidRPr="004B13FE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
-      <w:r w:rsidRPr="001B673A" w:rsidR="000836E9">
-[...3 lines deleted...]
-          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+      <w:r w:rsidRPr="004B13FE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Konkursā pieprasītais kopējais līdzfinansējums nedrīkst pārsniegt projekta līdzfinansējuma daļu, ko nesedz Eiropas Komisijas finansējums.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001374B4" w:rsidRPr="000836E9" w:rsidP="001B673A" w14:paraId="11302B4A" w14:textId="15F27F8F">
+    <w:p w:rsidR="004B13FE" w:rsidRPr="004B13FE" w:rsidP="004B13FE" w14:paraId="54AE6F5D" w14:textId="77777777">
       <w:pPr>
-        <w:ind w:left="426" w:hanging="426"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B673A">
-[...3 lines deleted...]
-          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+      <w:r w:rsidRPr="004B13FE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>**</w:t>
       </w:r>
-      <w:r w:rsidRPr="001B673A" w:rsidR="000836E9">
-[...3 lines deleted...]
-          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+      <w:r w:rsidRPr="004B13FE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
+        <w:t xml:space="preserve">Jānorāda no tabulas “Pašu finansējums Latvijas organizācijai (līdzfinansējuma pretendentam) </w:t>
       </w:r>
-      <w:r w:rsidRPr="001B673A">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Dokumenta laukus </w:t>
+      <w:r w:rsidRPr="004B13FE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>euro</w:t>
       </w:r>
-      <w:r w:rsidRPr="001B673A" w:rsidR="000836E9">
-[...39 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="004B13FE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>” (4. aile) uz dotā līdzfinansējuma konkursa pieteikuma iesniegšanas brīdi atlikušais nepieciešamais pašu finansējums (atņemot iepriekšējos Kultūras ministrijas konkursos piešķirtais līdzfinansējums (6. aile) un citos atbalsta instrumentos vai citos veidos nosegtais pašu finansējuma apjoms).</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidSect="00013B01">
-[...1 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId8"/>
+    <w:p w:rsidR="0043027D" w:rsidRPr="0043027D" w:rsidP="004B13FE" w14:paraId="55339DE2" w14:textId="42F31FFF">
+      <w:r w:rsidRPr="004B13FE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>***</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B13FE">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Dokumenta laukus “Paraksts” neaizpilda, ja dokuments ir iesniegts elektroniski un sagatavots atbilstoši normatīvajiem aktiem par elektronisko dokumentu noformēšanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidSect="004B13FE">
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1701" w:right="1418" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DokChampa">
     <w:altName w:val="DokChampa"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="83000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <w:p w:rsidR="00B95FAF" w14:paraId="2F6F6D33" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <w:p w:rsidR="00B95FAF" w14:paraId="4DF78832" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <w:p w:rsidR="00B95FAF" w14:paraId="657395D6" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+  <w:p w:rsidR="00B95FAF" w14:paraId="2A527F58" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:id w:val="944175528"/>
+      <w:id w:val="1754519258"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w:rsidR="005941E7" w:rsidRPr="000F371A" w:rsidP="000F371A" w14:paraId="0A760995" w14:textId="77777777">
+      <w:p w:rsidR="000F371A" w:rsidRPr="000F371A" w:rsidP="000F371A" w14:paraId="30656997" w14:textId="77777777">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="000F371A">
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="000F371A">
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="000F371A">
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0035393B">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidRPr="000F371A">
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
-  <w:p w:rsidR="0027209B" w:rsidRPr="0027209B" w:rsidP="0027209B" w14:paraId="6EC6795F" w14:textId="50026117">
+  <w:p w:rsidR="008C0D15" w:rsidRPr="0051627E" w:rsidP="008C0D15" w14:paraId="3D7A08BF" w14:textId="0F504140">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:szCs w:val="24"/>
-        <w:lang w:val="de-DE"/>
+        <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>2.</w:t>
     </w:r>
-    <w:r w:rsidRPr="0027209B">
-[...6 lines deleted...]
-    <w:r w:rsidRPr="0027209B">
+    <w:r w:rsidR="00B95FAF">
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>pielikums</w:t>
+      <w:t> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>p</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0051627E">
+      <w:rPr>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>ielikums</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0027209B" w:rsidRPr="0027209B" w:rsidP="0027209B" w14:paraId="4F2B1E28" w14:textId="77777777">
+  <w:p w:rsidR="008C0D15" w:rsidRPr="0051627E" w:rsidP="008C0D15" w14:paraId="0DAE62BA" w14:textId="77777777">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="0027209B">
+    <w:r>
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>Kultūras ministrijas</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0027209B" w:rsidRPr="0027209B" w:rsidP="0027209B" w14:paraId="4430CD0E" w14:textId="77777777">
+  <w:p w:rsidR="008C0D15" w:rsidP="008C0D15" w14:paraId="760E3D27" w14:textId="51A537EB">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="0027209B">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>14.02.2025</w:t>
+      <w:t>27.02.2026</w:t>
     </w:r>
-    <w:r w:rsidRPr="0027209B">
+    <w:r>
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t xml:space="preserve">. nolikumam </w:t>
+      <w:t xml:space="preserve">. </w:t>
     </w:r>
-    <w:r w:rsidRPr="0027209B">
+    <w:r w:rsidR="0052031D">
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>Nr</w:t>
+      <w:t>nolikumam</w:t>
     </w:r>
-    <w:r w:rsidRPr="0027209B">
+    <w:r w:rsidRPr="0051627E">
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>.</w:t>
+      <w:t xml:space="preserve"> Nr.</w:t>
     </w:r>
-    <w:r w:rsidRPr="0027209B">
+    <w:r w:rsidR="0065621C">
+      <w:rPr>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t> </w:t>
+    </w:r>
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>2.5-4-7</w:t>
+      <w:t>2.5-4-1</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="005941E7" w:rsidRPr="0022129F" w14:paraId="19813ECF" w14:textId="77777777">
+  <w:p w:rsidR="0022129F" w:rsidRPr="0022129F" w14:paraId="3065699B" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
-  <w:abstractNum w:abstractNumId="0">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58C535E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D79888CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1047418318">
+  <w:num w:numId="1" w16cid:durableId="1627619318">
     <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="61"/>
   <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD7532"/>
-    <w:rsid w:val="00013B01"/>
     <w:rsid w:val="00014FB7"/>
     <w:rsid w:val="00035F9F"/>
-    <w:rsid w:val="0005405E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000836E9"/>
     <w:rsid w:val="00090DDB"/>
-    <w:rsid w:val="000B789F"/>
+    <w:rsid w:val="00092C2A"/>
+    <w:rsid w:val="000C5F0B"/>
     <w:rsid w:val="000C6BFE"/>
+    <w:rsid w:val="000E67AC"/>
     <w:rsid w:val="000F371A"/>
     <w:rsid w:val="000F6E5D"/>
-    <w:rsid w:val="001374B4"/>
-[...2 lines deleted...]
-    <w:rsid w:val="001B673A"/>
+    <w:rsid w:val="00155FF0"/>
     <w:rsid w:val="001C5D58"/>
     <w:rsid w:val="001D09C4"/>
     <w:rsid w:val="002000A1"/>
     <w:rsid w:val="0022129F"/>
-    <w:rsid w:val="002238C4"/>
     <w:rsid w:val="00262713"/>
-    <w:rsid w:val="00265597"/>
-    <w:rsid w:val="0027209B"/>
     <w:rsid w:val="00277C8A"/>
-    <w:rsid w:val="002832A9"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00446922"/>
+    <w:rsid w:val="002E161C"/>
+    <w:rsid w:val="003849F4"/>
+    <w:rsid w:val="003D64F8"/>
+    <w:rsid w:val="0043027D"/>
     <w:rsid w:val="00470D67"/>
-    <w:rsid w:val="004739BB"/>
+    <w:rsid w:val="004B13FE"/>
+    <w:rsid w:val="004C10C7"/>
     <w:rsid w:val="004E1972"/>
-    <w:rsid w:val="004F07EE"/>
+    <w:rsid w:val="004F6844"/>
     <w:rsid w:val="0051627E"/>
-    <w:rsid w:val="005413AA"/>
-[...5 lines deleted...]
-    <w:rsid w:val="005B1FCE"/>
+    <w:rsid w:val="0052031D"/>
+    <w:rsid w:val="00553771"/>
+    <w:rsid w:val="00574A31"/>
     <w:rsid w:val="006033B4"/>
-    <w:rsid w:val="0065550C"/>
-[...10 lines deleted...]
-    <w:rsid w:val="009D7720"/>
+    <w:rsid w:val="0065621C"/>
+    <w:rsid w:val="006955CD"/>
+    <w:rsid w:val="006A5B96"/>
+    <w:rsid w:val="00722EA8"/>
+    <w:rsid w:val="00777E2E"/>
+    <w:rsid w:val="008444B2"/>
+    <w:rsid w:val="008C0D15"/>
+    <w:rsid w:val="00997C25"/>
+    <w:rsid w:val="009B08D8"/>
     <w:rsid w:val="009E7ACF"/>
-    <w:rsid w:val="00A67AF5"/>
-    <w:rsid w:val="00A72E49"/>
     <w:rsid w:val="00A746AF"/>
-    <w:rsid w:val="00A81050"/>
-    <w:rsid w:val="00AB1D8A"/>
     <w:rsid w:val="00AD7532"/>
-    <w:rsid w:val="00BD3E4E"/>
+    <w:rsid w:val="00B95FAF"/>
+    <w:rsid w:val="00C07F7B"/>
     <w:rsid w:val="00C22E61"/>
-    <w:rsid w:val="00C4785E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CC45E7"/>
+    <w:rsid w:val="00C254B9"/>
     <w:rsid w:val="00CD571F"/>
-    <w:rsid w:val="00D004EA"/>
+    <w:rsid w:val="00CE4328"/>
     <w:rsid w:val="00D066FD"/>
-    <w:rsid w:val="00D54FF3"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DF7643"/>
     <w:rsid w:val="00E60A56"/>
+    <w:rsid w:val="00F15E0F"/>
     <w:rsid w:val="00F167ED"/>
-    <w:rsid w:val="00F6583C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FE18B5"/>
+    <w:rsid w:val="00F93DAF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="lo-LA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w14:docId w14:val="7A6D8583"/>
-  <w15:docId w15:val="{D1FC4D13-0C50-40E3-8FD5-3EF1807F2891}"/>
+  <w14:docId w14:val="3065698F"/>
+  <w15:docId w15:val="{3736F41C-70DA-4401-BB36-BEAED87B03C0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5689,172 +4153,76 @@
     <w:rsid w:val="000F371A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
     <w:name w:val="Kājene Rakstz."/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000F371A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="004739BB"/>
+    <w:rsid w:val="004B13FE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
-[...93 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Iestāde">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6106,97 +4474,78 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b46cec30-3c96-49ba-8e80-c1db7ce5db41" xmlns:ns3="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="89943475ffa202f7de87fda01a1a2217" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x0101007B98BB4B34F2884EBFE5D98E9C8C082A" ma:contentTypeVersion="19" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="8d971c711bdbff3c11e3f4d89a9dc7e8">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b46cec30-3c96-49ba-8e80-c1db7ce5db41" xmlns:ns3="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d847abb68d33df405200deeeacea6cf3" ns2:_="" ns3:_="">
     <xsd:import namespace="b46cec30-3c96-49ba-8e80-c1db7ce5db41"/>
     <xsd:import namespace="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b46cec30-3c96-49ba-8e80-c1db7ce5db41" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
@@ -6280,50 +4629,55 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cbc571fe-a37c-43d1-b765-14afe1eb7737" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
@@ -6380,122 +4734,130 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b46cec30-3c96-49ba-8e80-c1db7ce5db41" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1245A01-9260-4039-A526-A013D14D0553}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1954FF7-DB94-4211-B982-5010588843AF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b46cec30-3c96-49ba-8e80-c1db7ce5db41"/>
     <ds:schemaRef ds:uri="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD3FA1F4-FD8C-490F-8939-DFF33D8626B0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d"/>
+    <ds:schemaRef ds:uri="b46cec30-3c96-49ba-8e80-c1db7ce5db41"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74FF342B-C3EC-4E8C-8AFC-99998A1908CD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1891</Words>
-  <Characters>1079</Characters>
+  <Words>2347</Words>
+  <Characters>1338</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>LR Kultūras Ministrija</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2965</CharactersWithSpaces>
+  <CharactersWithSpaces>3678</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Iekšējo noteikumu pielikums</dc:title>
   <dc:subject>Elektroniskā dokumenta veidlapa</dc:subject>
   <dc:creator>Juridiskā nodaļa</dc:creator>
   <cp:keywords>pamatdarbības</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007B98BB4B34F2884EBFE5D98E9C8C082A</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
-    <vt:r8>443400</vt:r8>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Order">
+    <vt:r8>2409200</vt:r8>
   </property>
 </Properties>
 </file>