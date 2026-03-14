--- v0 (2025-10-10)
+++ v1 (2026-03-14)
@@ -1,991 +1,803 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 24.10.0 -->
+  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
   <w:body>
-    <w:p w:rsidR="00EE6D8E" w:rsidP="00EE6D8E" w14:paraId="6F59A90E" w14:textId="0C42265F">
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="33994A46" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00883566">
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Projektu iesniegumu vērtēšanas komisijas a</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Projektu iesniegumu vērtēšanas komisijas apliecinājums</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="1AC337EC" w14:textId="77777777">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>pliecinājums</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00EE6D8E" w:rsidP="00EE6D8E" w14:paraId="5DB7736C" w14:textId="77777777">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="4E452011" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00883566">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Rīgā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00883566">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2026. gada ___. __________*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="4CEC0304" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE6D8E" w:rsidP="00EE6D8E" w14:paraId="61D3E174" w14:textId="27B20274">
-[...54 lines deleted...]
-    <w:p w:rsidR="00EE6D8E" w:rsidP="00EE6D8E" w14:paraId="12BDE96E" w14:textId="78906716">
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="153C9E4D" w14:textId="48981EAC">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00883566">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Es, apakšā parakstījies (-</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00883566">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>usies</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00883566">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>), apstiprinu, ka esmu iepazinies (-</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00883566">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>usies</w:t>
       </w:r>
-      <w:r>
-[...92 lines deleted...]
-        <w:ind w:firstLine="720"/>
+      <w:r w:rsidRPr="00883566">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>) ar Kultūras ministrijas 2026. gada ___._______ nolikumu Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC5005">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00883566">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>2.5-4-___ “Valsts budžeta apakšprogrammā 67.06.00 “Eiropas Kopienas iniciatīvas projektu un pasākumu īstenošana” Eiropas Komisijas programmu “Radošā Eiropa” un “Pilsoņi, vienlīdzība, tiesības un vērtības” ietvaros atbalstītajiem projektiem 2026. gadā paredzētā līdzfinansējuma piešķiršanas konkursa nolikums”, piekrītu manu personas datu apstrādei konkursa norises nodrošināšanai un apliecinu, ka nav tādu faktu vai apstākļu, kuru dēļ es būtu tieši vai netieši ieinteresēts (-a) kāda projekta iesnieguma izvēlē vai projekta īstenošanā. Ja vērtēšanas procesā izrādīsies, ka šādi apstākļi eksistē vai ir izveidojušies, kā arī radīsies aizdomas par iespējamu interešu konfliktu, es nekavējoties pārtraukšu savu dalību konkrētā projekta izvērtēšanā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="5191AE63" w14:textId="77777777">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...63 lines deleted...]
-        <w:t xml:space="preserve">.gadā paredzētā līdzfinansējuma piešķiršanas konkursa (turpmāk – konkurss) vērtēšanas komisijas ___________________________________, darbošos tikai savu </w:t>
+      <w:r w:rsidRPr="00883566">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Būdams (-a) Valsts budžeta apakšprogrammas 67.06.00 “Eiropas Kopienas iniciatīvas projektu un pasākumu īstenošana” Eiropas Komisijas programmu “Radošā Eiropa” un “Pilsoņi, vienlīdzība, tiesības un vērtības” ietvaros atbalstītajiem projektiem 2026. gadā paredzētā līdzfinansējuma piešķiršanas konkursa (turpmāk – konkurss) vērtēšanas komisijas ___________________________________, darbošos tikai savu </w:t>
       </w:r>
       <w:smartTag w:uri="schemas-tilde-lv/tildestengine" w:element="veidnes">
         <w:smartTagPr>
           <w:attr w:name="baseform" w:val="pilnvar|a"/>
           <w:attr w:name="id" w:val="-1"/>
           <w:attr w:name="text" w:val="pilnvaru"/>
         </w:smartTagPr>
-        <w:r>
+        <w:r w:rsidRPr="00883566">
           <w:rPr>
             <w:lang w:val="lv-LV"/>
           </w:rPr>
           <w:t>pilnvaru</w:t>
         </w:r>
       </w:smartTag>
+      <w:r w:rsidRPr="00883566">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ietvaros, nenonākot interešu konfliktā un ievērošu godīguma, taisnīguma un objektivitātes principus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="5CDBF191" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00883566">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Apņemos līdz konkursa rezultātu paziņošanai neizpaust jebkādu informāciju par projekta iesniegumu vērtēšanas procesu, kas kļuvusi zināma projekta iesniegumu vērtēšanas gaitā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="7CCF2D33" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00883566">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Apliecinu, ka visa konfidenciālā informācija, kas nonāks manā rīcībā konkursa laikā, tiks izmantota tikai projekta iesnieguma vērtēšanai. Tāpat apliecinu, ka man nav zināmi apstākļi, kas varētu radīt šaubas par manu objektivitāti un neatkarību vērtēšanas procesā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="33060274" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="0898D89D" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="6ABAA28D" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="3600" w:firstLine="720"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00883566">
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>____________________/______________/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="14FAD8D0" w14:textId="010475D0">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00883566">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...11 lines deleted...]
-      </w:pPr>
+          <w:i/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...11 lines deleted...]
-      </w:pPr>
+          <w:i/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="lv-LV"/>
-[...32 lines deleted...]
-      </w:pPr>
+          <w:i/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-        <w:rPr>
           <w:i/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
-          <w:sz w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00883566">
         <w:rPr>
           <w:i/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>(paraksts*)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00883566">
         <w:rPr>
           <w:i/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00883566">
         <w:rPr>
           <w:i/>
-          <w:sz w:val="20"/>
-[...15 lines deleted...]
-          <w:sz w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
         <w:t>(paraksta atšifrējums)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0051627E" w:rsidRPr="00C22E61" w:rsidP="0051627E" w14:paraId="63E56FD7" w14:textId="77777777">
-[...10 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="765C5204" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="4EC354F8" w14:textId="77777777">
+      <w:pPr>
         <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...124 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="369F8F20" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="2242A115" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="712A7007" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="0418AEBD" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="41F4353E" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="50AB6849" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="5ACC8D69" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="7459EDA0" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="38FE1653" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="06AB4A18" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="74462952" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="42AC2E3E" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00883566" w:rsidRPr="00883566" w:rsidP="00883566" w14:paraId="6276D950" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0043027D" w:rsidRPr="005D2E6A" w:rsidP="00883566" w14:paraId="55339DE2" w14:textId="13985AB3">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00746CC7">
+      <w:r w:rsidRPr="005D2E6A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidRPr="00746CC7">
+      <w:r w:rsidR="005D2E6A">
         <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D2E6A">
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>„</w:t>
-[...33 lines deleted...]
-      </w:pPr>
+        <w:t>Dokumenta laukus “Datums” un “Paraksts” neaizpilda, ja dokuments ir iesniegts elektroniski un sagatavots atbilstoši normatīvajiem aktiem par elektronisko dokumentu noformēšanu.</w:t>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidSect="000F371A">
-      <w:headerReference w:type="default" r:id="rId7"/>
-      <w:headerReference w:type="first" r:id="rId8"/>
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DokChampa">
     <w:altName w:val="DokChampa"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="83000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="005711A1" w14:paraId="2E7C447C" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="005711A1" w14:paraId="1543C339" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="005711A1" w14:paraId="519761D0" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="005711A1" w14:paraId="6DE308F3" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:id w:val="985102916"/>
+      <w:id w:val="965485009"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w:rsidR="000F371A" w:rsidRPr="000F371A" w:rsidP="000F371A" w14:paraId="66D75A3E" w14:textId="77777777">
+      <w:p w:rsidR="000F371A" w:rsidRPr="000F371A" w:rsidP="000F371A" w14:paraId="30656997" w14:textId="77777777">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="000F371A">
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="000F371A">
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="000F371A">
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidRPr="000F371A">
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="0090349B" w:rsidRPr="0090349B" w:rsidP="0090349B" w14:paraId="75EE5D0E" w14:textId="104DD3AD">
+  <w:p w:rsidR="008C0D15" w:rsidRPr="0051627E" w:rsidP="008C0D15" w14:paraId="3D7A08BF" w14:textId="5F071B63">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:szCs w:val="24"/>
-        <w:lang w:val="de-DE"/>
+        <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>3.</w:t>
     </w:r>
-    <w:r w:rsidRPr="0090349B">
-[...6 lines deleted...]
-    <w:r w:rsidRPr="0090349B">
+    <w:r w:rsidR="005711A1">
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>pielikums</w:t>
+      <w:t> </w:t>
+    </w:r>
+    <w:r w:rsidR="00C9479E">
+      <w:rPr>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>pi</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0051627E">
+      <w:rPr>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>elikums</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0090349B" w:rsidRPr="0090349B" w:rsidP="0090349B" w14:paraId="5474DE8A" w14:textId="77777777">
+  <w:p w:rsidR="008C0D15" w:rsidRPr="0051627E" w:rsidP="008C0D15" w14:paraId="0DAE62BA" w14:textId="77777777">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="0090349B">
+    <w:r>
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>Kultūras ministrijas</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0090349B" w:rsidRPr="0090349B" w:rsidP="0090349B" w14:paraId="228A4919" w14:textId="77777777">
+  <w:p w:rsidR="008C0D15" w:rsidP="008C0D15" w14:paraId="760E3D27" w14:textId="51A537EB">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="0090349B">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>14.02.2025</w:t>
+      <w:t>27.02.2026</w:t>
     </w:r>
-    <w:r w:rsidRPr="0090349B">
+    <w:r>
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t xml:space="preserve">. nolikumam </w:t>
+      <w:t xml:space="preserve">. </w:t>
     </w:r>
-    <w:r w:rsidRPr="0090349B">
+    <w:r w:rsidR="0052031D">
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>Nr</w:t>
+      <w:t>nolikumam</w:t>
     </w:r>
-    <w:r w:rsidRPr="0090349B">
+    <w:r w:rsidRPr="0051627E">
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>.</w:t>
+      <w:t xml:space="preserve"> Nr.</w:t>
     </w:r>
-    <w:r w:rsidRPr="0090349B">
+    <w:r w:rsidR="0065621C">
+      <w:rPr>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t> </w:t>
+    </w:r>
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>2.5-4-7</w:t>
+      <w:t>2.5-4-1</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0022129F" w:rsidRPr="0022129F" w14:paraId="1A6A3279" w14:textId="77777777">
+  <w:p w:rsidR="0022129F" w:rsidRPr="0022129F" w14:paraId="3065699B" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD7532"/>
     <w:rsid w:val="00014FB7"/>
     <w:rsid w:val="00035F9F"/>
     <w:rsid w:val="00090DDB"/>
-    <w:rsid w:val="0009504C"/>
     <w:rsid w:val="000C6BFE"/>
     <w:rsid w:val="000F371A"/>
     <w:rsid w:val="000F6E5D"/>
     <w:rsid w:val="001C5D58"/>
     <w:rsid w:val="001D09C4"/>
-    <w:rsid w:val="001F4283"/>
     <w:rsid w:val="002000A1"/>
     <w:rsid w:val="0022129F"/>
-    <w:rsid w:val="00246266"/>
     <w:rsid w:val="00262713"/>
     <w:rsid w:val="00277C8A"/>
-    <w:rsid w:val="002B034C"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00463828"/>
+    <w:rsid w:val="003B1974"/>
+    <w:rsid w:val="003D64F8"/>
+    <w:rsid w:val="0043027D"/>
     <w:rsid w:val="00470D67"/>
-    <w:rsid w:val="004D1162"/>
-    <w:rsid w:val="004D2C31"/>
     <w:rsid w:val="004E1972"/>
-    <w:rsid w:val="004E5979"/>
     <w:rsid w:val="0051627E"/>
+    <w:rsid w:val="0052031D"/>
+    <w:rsid w:val="005711A1"/>
+    <w:rsid w:val="005D2E6A"/>
     <w:rsid w:val="006033B4"/>
-    <w:rsid w:val="00746CC7"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00907BA2"/>
+    <w:rsid w:val="0065621C"/>
+    <w:rsid w:val="00722EA8"/>
+    <w:rsid w:val="00777E2E"/>
+    <w:rsid w:val="00883566"/>
+    <w:rsid w:val="008C0D15"/>
+    <w:rsid w:val="00997C25"/>
+    <w:rsid w:val="009B0398"/>
+    <w:rsid w:val="009B08D8"/>
     <w:rsid w:val="009E7ACF"/>
-    <w:rsid w:val="00A22A01"/>
-    <w:rsid w:val="00A51291"/>
     <w:rsid w:val="00A746AF"/>
-    <w:rsid w:val="00AA7AC5"/>
-    <w:rsid w:val="00AD143B"/>
     <w:rsid w:val="00AD7532"/>
-    <w:rsid w:val="00AD7A39"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C146E6"/>
+    <w:rsid w:val="00C2199C"/>
     <w:rsid w:val="00C22E61"/>
+    <w:rsid w:val="00C9479E"/>
     <w:rsid w:val="00CD571F"/>
     <w:rsid w:val="00D066FD"/>
-    <w:rsid w:val="00E561C4"/>
     <w:rsid w:val="00E60A56"/>
-    <w:rsid w:val="00EB2C0E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EF1F99"/>
+    <w:rsid w:val="00E9134A"/>
     <w:rsid w:val="00F167ED"/>
-    <w:rsid w:val="00F301A1"/>
+    <w:rsid w:val="00FC5005"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="lo-LA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w14:docId w14:val="096CB798"/>
-  <w15:docId w15:val="{77269C60-061F-40DF-9FE1-9566DAF91451}"/>
+  <w14:docId w14:val="3065698F"/>
+  <w15:docId w15:val="{3736F41C-70DA-4401-BB36-BEAED87B03C0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1463,89 +1275,60 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KjeneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000F371A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
     <w:name w:val="Kājene Rakstz."/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000F371A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-AU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
-[...25 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Iestāde">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1797,97 +1580,78 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b46cec30-3c96-49ba-8e80-c1db7ce5db41" xmlns:ns3="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="89943475ffa202f7de87fda01a1a2217" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x0101007B98BB4B34F2884EBFE5D98E9C8C082A" ma:contentTypeVersion="19" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="8d971c711bdbff3c11e3f4d89a9dc7e8">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b46cec30-3c96-49ba-8e80-c1db7ce5db41" xmlns:ns3="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d847abb68d33df405200deeeacea6cf3" ns2:_="" ns3:_="">
     <xsd:import namespace="b46cec30-3c96-49ba-8e80-c1db7ce5db41"/>
     <xsd:import namespace="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b46cec30-3c96-49ba-8e80-c1db7ce5db41" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
@@ -1971,50 +1735,55 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cbc571fe-a37c-43d1-b765-14afe1eb7737" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
@@ -2071,122 +1840,130 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b46cec30-3c96-49ba-8e80-c1db7ce5db41" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DF7E9862-09F2-4D1A-B098-A8E0E33AE6C5}">
-[...18 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D612F6EF-E945-4F42-95ED-342D95C780DA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1954FF7-DB94-4211-B982-5010588843AF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b46cec30-3c96-49ba-8e80-c1db7ce5db41"/>
     <ds:schemaRef ds:uri="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD3FA1F4-FD8C-490F-8939-DFF33D8626B0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d"/>
+    <ds:schemaRef ds:uri="b46cec30-3c96-49ba-8e80-c1db7ce5db41"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74FF342B-C3EC-4E8C-8AFC-99998A1908CD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1391</Words>
-  <Characters>793</Characters>
+  <Words>1397</Words>
+  <Characters>797</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>LR Kultūras Ministrija</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2180</CharactersWithSpaces>
+  <CharactersWithSpaces>2190</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Iekšējo noteikumu pielikums</dc:title>
   <dc:subject>Elektroniskā dokumenta veidlapa</dc:subject>
   <dc:creator>Juridiskā nodaļa</dc:creator>
   <cp:keywords>pamatdarbības</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007B98BB4B34F2884EBFE5D98E9C8C082A</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
-    <vt:r8>443600</vt:r8>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Order">
+    <vt:r8>2409200</vt:r8>
   </property>
 </Properties>
 </file>