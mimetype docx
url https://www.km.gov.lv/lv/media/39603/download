--- v0 (2025-10-10)
+++ v1 (2026-03-14)
@@ -1,6707 +1,7060 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
-  <!-- Generated by Aspose.Words for .NET 24.10.0 -->
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <!-- Generated by Aspose.Words for .NET 25.10.0 -->
   <w:body>
-    <w:p w:rsidR="00A72D72" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="0EDCF935" w14:textId="38F35E95">
+    <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="008008DC" w14:paraId="1BC7876C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E45B76">
+      <w:r w:rsidRPr="00536451">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Valsts budžeta apakšprogrammā 67.06.00 „Eiropas Kopienas iniciatīvas projektu un pasākumu īstenošana” Eiropas Komisijas programmu „Radošā Eiropa” un „Pilsoņi, vienlīdzība, tiesības un vērtības” ietvaros atbalstītajiem projektiem 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E45B76" w:rsidR="00CB2059">
+        <w:t xml:space="preserve">Valsts budžeta apakšprogrammā 67.06.00 </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E45B76">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00536451">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>.gadā paredzētā līdzfinansējuma piešķiršanas konkursa projekt</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E45B76" w:rsidR="001B3B68">
+        <w:t xml:space="preserve">Eiropas Kopienas iniciatīvas projektu un pasākumu īstenošana” Eiropas Komisijas programmu </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>u</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E45B76">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00536451">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> iesniegum</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E45B76" w:rsidR="001B3B68">
+        <w:t xml:space="preserve">Radošā Eiropa” un </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>u</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E45B76">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00536451">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> priekšnoteikumu vērtēšanas </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E45B76" w:rsidR="001B3B68">
+        <w:t>Pilsoņi, vienlīdzība, tiesības un vērtības” ietvaros atbalstītajiem projektiem 2026.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">apkopojuma </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E45B76">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00536451">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>veidlapa</w:t>
+        <w:t>gadā paredzētā līdzfinansējuma piešķiršanas konkursa projektu iesniegumu priekšnoteikumu vērtēšanas apkopojuma veidlapa</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A72D72" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="388677AB" w14:textId="77777777">
+    <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="008008DC" w14:paraId="50A2F341" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14276" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="14276"/>
       </w:tblGrid>
-      <w:tr w14:paraId="3FDE0FDF" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="38652AAF" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="008314F4" w14:paraId="19A99BA3" w14:textId="441510C0">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="165AE739" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45B76">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Priekšnoteikumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="209A3FFC" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="0F3ADB98" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="007D32F3" w14:paraId="4513AAF7" w14:textId="473B8639">
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> (turpmāk kopā – iesniedzējs):</w:t>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="1C233F29" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Projekta iesnieguma iesniedzējs ir Latvijas Republikas tiešās vai pastarpinātās valsts pārvaldes iestāde, atvasinātā publiskā persona, cita valsts iestāde, privāto tiesību juridiska persona un Latvijā darbību veicoša starptautiska organizācija (turpmāk kopā – iesniedzējs):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3823D721" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="086DAA74" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="007D32F3" w14:paraId="4862721D" w14:textId="519914F1">
-[...22 lines deleted...]
-              <w:t>kas kā projekta vadošais partneris vai sadarbības partneris īsteno Eiropas Savienības programmas „Radošā Eiropa” (2014-2020) vai „Radošā Eiropa” (2021-2027) apakšprogrammas „Kultūra” ietvaros atbalstīto vienu vai vairākus projektus:</w:t>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="60070592" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.1. kas kā projekta vadošais partneris vai sadarbības partneris īsteno Eiropas Savienības programmas </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Radošā Eiropa” (2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2027) apakšprogrammas </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Kultūra” ietvaros atbalstīto vienu vai vairākus projektus:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3709D48A" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="563440EC" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="007D32F3" w14:paraId="62B296A7" w14:textId="78C55264">
-[...13 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="7230D3A4" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.1.1. Eiropas sadarbības projektus </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>European</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45B76">
-[...21 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Cooperation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>projects</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F1C6A">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="6D9EA25D" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="2A0526D0" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="007D32F3" w14:paraId="22A7433D" w14:textId="411B8E3B">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E45B76">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="2DAB91CD" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">1.1.2. Eiropas tīklu projektus </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>European</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Networks</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Cultural</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Creative </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Organisations</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F1C6A">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5A19CFB6" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="24701071" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="007D32F3" w14:paraId="4FEFC0AD" w14:textId="592C53DC">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E45B76">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="22AEBC07" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">1.1.3. Eiropas platformu projektus </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>European</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Platforms</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>promotion</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...31 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>emerging</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> artists)</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F1C6A">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="45CAD10A" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="25A3155A" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="007D32F3" w14:paraId="0BEEEF6B" w14:textId="149A0461">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E45B76">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="7A3385DB" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">1.1.4. Eiropas daiļliteratūras darbu aprite </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Circulation</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>European</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>literary</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>works</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F1C6A">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="30C7698E" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="76D5C48C" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="007D32F3" w14:paraId="047C9E7D" w14:textId="73A6AE77">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E45B76">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="7C76DBA8" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">1.1.5. Eiropas kultūras organizāciju konkurss </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Pan-European</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>cultural</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>entities</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F1C6A">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="110FD700" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="5CEF4DA9" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="007D32F3" w14:paraId="6E84E39F" w14:textId="5C7FF208">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E45B76">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="01E22D44" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1.1.6. starpnozaru daļas ietvaros atbalstīto vienu vai vairākus projektus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="52B70D4A" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="3DABA2F1" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="007D32F3" w14:paraId="1A29936A" w14:textId="44F6B54C">
-[...22 lines deleted...]
-              <w:t>kas kā projekta vadošais partneris vai sadarbības partneris īsteno Eiropas Savienības programmas „Pilsoņi, vienlīdzība, tiesības un vērtības” (2021-2027) ietvaros atbalstīto vienu vai vairākus projektus:</w:t>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="638342EE" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.2. kas kā projekta vadošais partneris vai sadarbības partneris īsteno Eiropas Savienības programmas </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Pilsoņi, vienlīdzība, tiesības un vērtības” (2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>2027) ietvaros atbalstīto vienu vai vairākus projektus:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="78649F0A" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="3EACD4DE" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="007D32F3" w14:paraId="11ABB946" w14:textId="2A614118">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E45B76">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="7C96C267" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1.2.1.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45B76">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve">uzsaukums ES vērtību aizsardzībai un veicināšanai </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+              <w:t>uzsaukums E</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iropas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>avienības</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vērtību aizsardzībai un veicināšanai </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Call</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>proposals</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>protecting</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>promoting</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Union</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...31 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>values</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F1C6A">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="275CE487" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="4A8889BE" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="007D32F3" w14:paraId="4629599F" w14:textId="700AF807">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="00E45B76">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="076F0E69" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>1.2.2. uzsaukums, lai stiprinātu kapacitāti un informētību par E</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iropas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>avienības</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pamattiesību hartu saistībā ar demokrātiju, tiesiskumu un </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>pamattiesību</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45B76">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> pārkāpumiem </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Call</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>proposals</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>promote</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>capacity</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>building</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>awareness</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> EU </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Charter</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Fundamental</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Rights </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>activities</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>strategic</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>litigation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>relating</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> to </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>democracy</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>rule</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>law</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>fundamental</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>rights</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...303 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>breaches</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F1C6A">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4391A0D7" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="236D99B4" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="007D32F3" w14:paraId="1FC5EA6A" w14:textId="6FDA1B3A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E45B76">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="73190F51" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">1.2.3. uzsaukums, lai veicinātu vienlīdzību un cīnītos pret rasismu, ksenofobiju un diskrimināciju </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Call</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>proposals</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>promote</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>equality</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> to </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>fight</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>against</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>racism</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>xenophobia</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...63 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>discrimination</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F1C6A">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="6E0913A6" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="3F7AA3CD" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="007D32F3" w14:paraId="06D6B661" w14:textId="1D53757C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E45B76">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="3EAE4ADC" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">1.2.4. uzsaukums, lai aizsargātu un veicinātu bērna tiesības </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Call</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>proposals</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>protect</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>promote</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>rights</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...47 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>child</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F1C6A">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="215F2025" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="70C98D44" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="007D32F3" w14:paraId="310CF425" w14:textId="25CEE1CD">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E45B76">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="5EEACD0E" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">1.2.5. uzsaukums, lai veicinātu dzimumu vienlīdzību </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Call</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>proposals</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>promote</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>gender</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...47 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>equality</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F1C6A">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="769BEE92" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="6FE15460" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="007D32F3" w14:paraId="045D36C5" w14:textId="0CB94174">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E45B76">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="7F3D5B37" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">1.2.6. uzsaukums Eiropas vēstures piemiņas pasākumiem </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Call</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>proposals</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>European</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...31 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>remembrance</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F1C6A">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="6BB48D97" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="5F316F39" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00C945AD" w:rsidP="007D32F3" w14:paraId="5808F091" w14:textId="60C36750">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="326EC968" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">1.2.7. uzsaukums veicināt apmaiņu starp dažādu valstu pilsoņiem, jo īpaši izmantojot pilsētu tīklus </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Call</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>proposals</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Networks</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...31 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Towns</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4B2450A6" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="3095B896" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="007D32F3" w14:paraId="6B899ABC" w14:textId="3AD4510B">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E45B76">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="0684D2C0" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">1.2.8. uzsaukums pilsoniskajai iesaistei un līdzdalībai </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Call</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>proposals</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Citizens</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">’ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>engagement</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...47 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>participation</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F1C6A">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="1253A74A" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="2BC3EAF1" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="002F1C6A" w:rsidP="007D32F3" w14:paraId="1190F62A" w14:textId="7669B84C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E45B76">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="7AD72C1A" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1.2.9. uzsaukums, lai novērstu un apkarotu ar dzimumu saistītu vardarbību un vardarbību pret bērniem</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Call</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>proposals</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>prevent</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>combat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>gender</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>based</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>violence</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>violence</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>against</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
-[...79 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>children</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="1D326657" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="53307086" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="008314F4" w14:paraId="0F2B889A" w14:textId="77432E74">
-[...12 lines deleted...]
-            <w:r w:rsidR="002F1C6A">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="1618DF05" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. Projekta iesnieguma iesniedzējs atbilstoši Kultūras </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E25D0">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>ministrijas 2026.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45B76">
-[...25 lines deleted...]
-            <w:r w:rsidRPr="00E45B76">
+            <w:r w:rsidRPr="005E25D0">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>gada ___.______ nolikuma Nr.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E25D0">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.5-4-__ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E25D0">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Valsts budžeta</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> apakšprogrammā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">67.06.00 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eiropas Kopienas iniciatīvas projektu un pasākumu īstenošana” Eiropas Komisijas programmu </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Radošā Eiropa” un </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45B76">
-[...23 lines deleted...]
-              <w:t>.gadā paredzētā līdzfinansējuma piešķiršanas konkursa nolikums” (turpmāk – Nolikums) 9.punktam:</w:t>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Pilsoņi, vienlīdzība, tiesības un vērtības” ietvaros atbalstītajiem projektiem 2026.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>gadā paredzētā līdzfinansējuma piešķiršanas konkursa nolikums” (turpmāk – Nolikums) 9.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>punktam:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="34731A4B" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="7BFDF32D" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="008314F4" w14:paraId="318CE861" w14:textId="6CABE44B">
-[...22 lines deleted...]
-              <w:t>ir izpildījis savas saistības kādā no iepriekšējiem konkursiem par valsts budžeta līdzfinansējumu programmas ietvaros atbalstītajiem Latvijas Republikas organizāciju projektiem atbilstoši līgumam ar Kultūras ministriju par piešķirtā valsts budžeta līdzfinansējuma izlietošanu;</w:t>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="045996E1" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>2.1. ir izpildījis savas saistības kādā no iepriekšējiem konkursiem par valsts budžeta līdzfinansējumu programmas ietvaros atbalstītajiem Latvijas Republikas organizāciju projektiem atbilstoši līgumam ar Kultūras ministriju par piešķirtā valsts budžeta līdzfinansējuma izlietošanu;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="69996E0F" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="02FC4798" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="008314F4" w14:paraId="3EC47F1F" w14:textId="7CEBBF6F">
-[...22 lines deleted...]
-              <w:t>ar tiesas lēmumu nav atzīts par maksātnespējīgu, tai skaitā neatrodas likvidācijas procesā, tiesiskās aizsardzības procesā, tā saimnieciskā darbība nav apturēta vai pārtraukta, nav uzsākta tiesvedība par tā darbības izbeigšanu, maksātnespēju vai bankrotu;</w:t>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="58670373" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>2.2. ar tiesas lēmumu nav atzīts par maksātnespējīgu, tai skaitā neatrodas likvidācijas procesā, tiesiskās aizsardzības procesā, tā saimnieciskā darbība nav apturēta vai pārtraukta, nav uzsākta tiesvedība par tā darbības izbeigšanu, maksātnespēju vai bankrotu;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="38385F70" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="4DAB2392" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="008314F4" w14:paraId="3E202F95" w14:textId="54077137">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="00E45B76">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="23534C84" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.3. tā nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādu, kopsumma nepārsniedz 150 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45B76">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> projekta iesnieguma iesniegšanas brīdī;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="35AD6656" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="0E89A2D4" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="008314F4" w14:paraId="65B22826" w14:textId="2B200E11">
-[...22 lines deleted...]
-              <w:t>uz projekta iesnieguma iesniegšanas brīdi ir iesniedzis Kultūras ministrijai pārskatu par Kultūras ministrijas piešķirto valsts budžeta līdzfinansējumu projekta ietvaros, kas apstiprināts iepriekšējos līdzfinansējuma piešķiršanas konkursos, pamatojoties uz noslēgto līgumu par līdzfinansējuma piešķiršanu projekta īstenošanai, un pārskata iesniegšanas termiņš sakrīt ar projekta iesnieguma iesniegšanu.</w:t>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="39806AB0" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>2.4. uz projekta iesnieguma iesniegšanas brīdi ir iesniedzis Kultūras ministrijai pārskatu par Kultūras ministrijas piešķirto valsts budžeta līdzfinansējumu projekta ietvaros, kas apstiprināts iepriekšējos līdzfinansējuma piešķiršanas konkursos, pamatojoties uz noslēgto līgumu par līdzfinansējuma piešķiršanu projekta īstenošanai, un pārskata iesniegšanas termiņš sakrīt ar projekta iesnieguma iesniegšanu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="50C68ECA" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="7A7C2987" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="008314F4" w14:paraId="583BB4D4" w14:textId="759FF81D">
-[...22 lines deleted...]
-              <w:t>Projekta iesnieguma iesniedzējs Kultūras ministrijas noteiktajā termiņā sagatavojis un iesniedzis projekta iesniegumu, kas sastāv no:</w:t>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="51385E08" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>3. Projekta iesnieguma iesniedzējs Kultūras ministrijas noteiktajā termiņā sagatavojis un iesniedzis projekta iesniegumu, kas sastāv no:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5CD692D6" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="4E7B875D" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="008314F4" w14:paraId="6C60B140" w14:textId="70077206">
-[...12 lines deleted...]
-            <w:r w:rsidR="002F1C6A">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="08520AF8" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>3.1. aizpildītas un projekta iesnieguma iesniedzēja paraksttiesīgā pārstāvja un projekta iesnieguma vadītāja parakstītas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">valsts budžeta apakšprogrammā 67.06.00 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eiropas Kopienas iniciatīvas projektu un pasākumu īstenošana” Eiropas Komisijas programmu </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Radošā Eiropa” un </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Pilsoņi, vienlīdzība, tiesības un vērtības” ietvaros atbalstītajiem projektiem 2026.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45B76">
-[...3 lines deleted...]
-              <w:t>aizpildītas un projekta iesnieguma iesniedzēja paraksttiesīgā pārstāvja un projekta iesnieguma vadītāja parakstītas:</w:t>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>gadā paredzētā līdzfinansējuma piešķiršanas konkursa projekta iesnieguma veidlapas (1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>pielikums);</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="11731811" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="76838522" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="000A0E60" w14:paraId="2ECC0491" w14:textId="1EF34044">
-[...62 lines deleted...]
-              <w:t>.gadā paredzētā līdzfinansējuma piešķiršanas konkursa projekta iesnieguma veidlapas (1.pielikums), ja attiecināms;</w:t>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="7404C842" w14:textId="634406C2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.2. līguma par Eiropas Komisijas piešķirto līdzfinansējumu kopijas </w:t>
+            </w:r>
+            <w:r w:rsidR="007E189D">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>ja attiecināms</w:t>
+            </w:r>
+            <w:r w:rsidR="007E189D">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="6D33663F" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="00159138" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="000A0E60" w14:paraId="076F0225" w14:textId="65A0AAF4">
-[...107 lines deleted...]
-                <w:iCs/>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="2E975E9E" w14:textId="43C43717">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>3.3. lēmuma par Eiropas Komisijas piešķirto līdzfinansējumu kopijas</w:t>
+            </w:r>
+            <w:r w:rsidR="007E189D">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>ja attiecināms</w:t>
+            </w:r>
+            <w:r w:rsidR="007E189D">
+              <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45B76">
-[...15 lines deleted...]
-              <w:t>.gadā paredzētā līdzfinansējuma piešķiršanas konkursa projekta iesnieguma veidlapas (2.pielikums), ja attiecināms;</w:t>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="41D0023B" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="3E63E7AA" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="008314F4" w14:paraId="67E676B2" w14:textId="5F32FEEC">
-[...12 lines deleted...]
-            <w:r w:rsidR="00164D89">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="5670BF33" w14:textId="5982356F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>3.4. apliecinājuma par Eiropas Komisijas piešķirto līdzfinansējumu gadījumā, ja projekta iesnieguma iesniedzējs uz iesniegšanas brīdi nevar iesniegt Nolikuma 14.2. vai 14.3.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45B76">
-[...3 lines deleted...]
-              <w:t>līguma par Eiropas Komisijas piešķirto līdzfinansējumu kopijas, ja attiecināms;</w:t>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">apakšpunktā minētos dokumentus, kopā ar pavadvēstuli, ka līdz līguma slēgšanai ar Kultūras ministriju par piešķirto līdzfinansējumu tiks iesniegta trūkstošā dokumentācija </w:t>
+            </w:r>
+            <w:r w:rsidR="007E189D">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>ja attiecināms</w:t>
+            </w:r>
+            <w:r w:rsidR="007E189D">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5FC9CC0F" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="3BEACCF5" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="008314F4" w14:paraId="63F26859" w14:textId="742FFB43">
-[...22 lines deleted...]
-              <w:t>lēmuma par Eiropas Komisijas piešķirto līdzfinansējumu kopijas, ja attiecināms;</w:t>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="19BB2799" w14:textId="7348D97C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>3.5. vadošā partnera parakstīta pilnvarojuma projekta iesnieguma iesniedzējam pieteikt līdzfinansējumu vai partnerību apliecinoša dokumenta, kurā ietverts noteikums par līdzfinansējuma nodrošināšanu</w:t>
+            </w:r>
+            <w:r w:rsidR="007E189D">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>ja attiecināms</w:t>
+            </w:r>
+            <w:r w:rsidR="007E189D">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="458A3C26" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="6F53CE56" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="008314F4" w14:paraId="5BA63D74" w14:textId="5A400D63">
-[...12 lines deleted...]
-            <w:r w:rsidR="00164D89">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="39C5AB92" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>3.6. projekta iesnieguma iesniedzēja paraksttiesīgā pārstāvja un projekta vadītāja parakstītas projekta iesnieguma izdevumu tāmes viena budžeta gada ietvaros (2.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45B76">
-[...15 lines deleted...]
-              <w:t>punktā minētos dokumentus, kopā ar pavadvēstuli, ka līdz līguma slēgšanai ar Kultūras ministriju par piešķirto līdzfinansējumu tiks iesniegta trūkstošā dokumentācija, ja attiecināms;</w:t>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>pielikums).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="1DB10319" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="4409085F" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="008314F4" w14:paraId="63324955" w14:textId="61EDE370">
-[...12 lines deleted...]
-            <w:r w:rsidR="00164D89">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="7D1FB253" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.7. aizpildītas elektroniskās veidlapas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>minimis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbalsta uzskaites sistēmā atbilstoši Ministru kabineta 2018.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45B76">
-[...3 lines deleted...]
-              <w:t>vadošā partnera parakstīta pilnvarojuma projekta iesnieguma iesniedzējam pieteikt līdzfinansējumu vai partnerību apliecinoša dokumenta, kurā ietverts noteikums par līdzfinansējuma nodrošināšanu, ja attiecināms;</w:t>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>gada 21.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>novembra noteikumiem Nr.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">715 „Noteikumi par </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>minimis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbalsta uzskaites un piešķiršanas kārtību” (ja attiecināms).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="44EB44A1" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="08540770" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="008314F4" w14:paraId="2AD08FEE" w14:textId="52FC81A4">
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> pārstāvja un projekta vadītāja parakstītas projekta iesnieguma izdevumu tāmes viena budžeta gada ietvaros (3.pielikums).</w:t>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="299305D8" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Ar komercdarbības atbalsta saņemšanu saistītie nosacījumi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:footnoteReference w:id="2"/>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="557F51E0" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="22BFD7A3" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="008314F4" w14:paraId="10B4A7E3" w14:textId="55FFE13D">
-[...82 lines deleted...]
-              <w:t xml:space="preserve"> atbalsta uzskaites un piešķiršanas kārtību” (ja attiecināms).</w:t>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="1AAE109B" w14:textId="77777777">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="306"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">Kultūras ministrija pārbauda, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>vai projekta iesniedzējs ir piederīgs vispārējās ekonomiskās darbības klasifikācijas NACE 90.0 sadaļai – Radošas, mākslinieciskas un izklaides darbības un ir attiecināms uz kultūras nozari</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:footnoteReference w:id="3"/>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pirms komercdarbības atbalsta regulējuma piemērošanas kultūras nozares projektam, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kurš iesniegts Eiropas Savienības programmas </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Radošā Eiropa” ietvaros, kura pamatdarbība ir noteikta vispārējās ekonomiskās darbības klasifikācijas NACE 90.0 sadaļā – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Radošas, mākslinieciskas un izklaides darbības” un ir attiecināms uz kultūras nozari</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>, konkursa ietvaros izvērtē, vai projekta iesniedzējs atbilst sekojošiem kritērijiem:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="62929BC4" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="5059A8F8" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="008314F4" w14:paraId="621A844E" w14:textId="77777777">
-[...10 lines deleted...]
-              <w:t>Ar komercdarbības atbalsta saņemšanu saistītie nosacījumi</w:t>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="34C04D13" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4.1. Saimnieciskās darbības kritērijam, nosakot vai kultūras pasākumam, kuru plānots līdzfinansēt konkursa ietvaros, </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_Hlk62726465"/>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>ieņēmumi pārsniedz 50</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>% robežvērtību no kopējā pasākuma budžeta visam plānotā pasākuma īstenošanas periodam</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>, ņemot vērā Nolikuma 2.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>pielikumā iekļauto kultūras pasākuma budžeta informāciju</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:footnoteReference w:id="2"/>
-[...5 lines deleted...]
-              <w:t>:</w:t>
+              <w:footnoteReference w:id="4"/>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="597F652E" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="089C5D1A" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="002A170F" w14:paraId="2D6E9754" w14:textId="5225E048">
-[...44 lines deleted...]
-              <w:t>vai projekta iesniedzējs ir piederīgs vispārējās ekonomiskās darbības klasifikācijas NACE 90.0 sadaļai – Radošas, mākslinieciskas un izklaides darbības un ir attiecināms uz kultūras nozari</w:t>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="1AB40E7C" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>4.2. Ja projekta iesniedzējs atbilst šīs veidlapas 4.1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>apakšpunktā minētajam saimnieciskās darbības kritērijam, vērtē, vai no atbalstītā kultūras pasākuma apmeklētājiem vai kultūras pakalpojuma saņēmējiem vairāk nekā 85</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% ir Latvijas iedzīvotāji, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(t.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>i., kultūras pasākumam ir vietēja ietekme)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ņemot vērā Nolikuma 1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>pielikumā sniegto informāciju</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
-                <w:szCs w:val="24"/>
-[...28 lines deleted...]
-              <w:t>, konkursa ietvaros izvērtē, vai projekta iesniedzējs atbilst sekojošiem kritērijiem:</w:t>
+                <w:sz w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:footnoteReference w:id="5"/>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="48FA879F" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="7F23D629" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="008314F4" w14:paraId="07596BF5" w14:textId="54FDF4B2">
-[...24 lines deleted...]
-              <w:t>, ņemot vērā Nolikuma 3.pielikumā iekļauto kultūras pasākuma budžeta informāciju</w:t>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="71AC6ECE" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. Pirms komercdarbības atbalsta regulējuma piemērošanas projektu iesniedzējam, kura projekts tiek īstenots Eiropas Komisijas programmās </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
-[...8 lines deleted...]
-              <w:t>;</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Radošā Eiropa”, taču netiek īstenots kultūras nozares ietvaros, t.i., projekta iesniedzēja projekts nepieder vispārējās ekonomiskās darbības klasifikācijas NACE 90.0 sadaļai – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Radošas, mākslinieciskas un izklaides darbības”, konkursa ietvaros izvērtē, vai </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>projekta aktivitātes būs pieejamas bez maksas, tās kalpos tikai sociālam mērķim, un tām nav saimnieciska rakstura</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>, kā arī attiecībā uz projekta iesniedzēju, atbalsts nav</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> preču vai pakalpojumu piedāvāšanai tirgū</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="56426AAA" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="37DB27E7" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="008314F4" w14:paraId="4E31BA19" w14:textId="071408D5">
-[...59 lines deleted...]
-              <w:t>olikuma 1.pielikumā sniegto informāciju</w:t>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="1CDBD084" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6. Pirms komercdarbības atbalsta regulējuma piemērošanas projektam, kurš iesniegts Eiropas Savienības programmas </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
-[...9 lines deleted...]
-              <w:t>.</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Pilsoņi, vienlīdzība, tiesības un vērtības” ietvaros, konkursa ietvaros izvērtē, vai projekta aktivitātes būs pieejamas bez maksas, tās kalpos tikai sociālam mērķim, un tām nav saimnieciska rakstura</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>, kā arī attiecībā uz projekta iesniedzēju, atbalsts nav</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> preču vai pakalpojumu piedāvāšanai tirgū</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="03156518" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="45D7EAB1" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="00790140" w14:paraId="5B1ABC5D" w14:textId="4F3BB41D">
-[...13 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="6D969B7D" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7. Ja projekta iesniedzējs neatbilst šīs </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>veidlapas 4.2., 5. un 6.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45B76">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E45B76">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>projekta aktivitātes būs pieejamas bez maksas, tās kalpos tikai sociālam mērķim, un tām nav saimnieciska rakstura</w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> preču vai pakalpojumu piedāvāšanai tirgū</w:t>
+              <w:t xml:space="preserve">punktā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>noteiktajiem kritērijiem, finansējumu konkursa ietvaros piešķir kā komercdarbības atbalstu saskaņā ar Eiropas Komisijas 2023.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>gada 13.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>decembra regulu (ES) Nr.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>2023/2831 par Līguma par Eiropas Savienības darbību 107. un 108.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">panta piemērošanu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>minimis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbalstam (turpmāk – Komisijas regula Nr.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2023/2831) un izvērtē, vai uz projekta iesniedzēju var attiecināt sekojošus </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>minimis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbalsta kritērijus:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4B77A714" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="27447598" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="00790140" w14:paraId="2FDAFEB9" w14:textId="30DE8AA6">
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> preču vai pakalpojumu piedāvāšanai tirgū</w:t>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="075371E1" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>7.1. projekta iesnieguma iesniedzējs neatbilst Komisijas regulas Nr.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>2023/2831 1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>panta 1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>punktā minētajiem nozaru un darbību ierobežojumiem;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="70355A93" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="67C010E2" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="00790140" w14:paraId="4D02CDCE" w14:textId="16E814A9">
-[...12 lines deleted...]
-            <w:r w:rsidR="00DF7EE2">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="08600C2F" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>7.2.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:footnoteReference w:id="6"/>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ja atbalsta pretendents vienlaikus darbojas vienā vai vairākās Komisijas regulas Nr.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45B76">
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00E45B76">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>2023/2831 1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>panta 1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>punkta a), b), c) un d) apakšpunktā minētajās nozarēs, tas ir nodrošinājis šo nozaru darbību vai uzskaites nodalīšanu, lai saskaņā ar Komisijas regulas Nr.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>2023/2831 1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">panta </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">punktu darbības izslēgtajās nozarēs negūst labumu no </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45B76">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45B76">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45B76">
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> atbalsta kritērijus:</w:t>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbalsta, ko piešķir saskaņā ar Nolikumu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:footnoteReference w:id="7"/>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="526B3B6A" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="1DFB22B0" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="00790140" w14:paraId="49E0A12E" w14:textId="341EA4F5">
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00E45B76">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="4E549594" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7.3. piešķirot </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>minimis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbalstu, plānotais </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>minimis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbalsts kopā ar iepriekšējos trīs gados, skaitot no atbalsta piešķiršanas dienas, piešķirto </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>minimis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbalstu viena vienota uzņēmuma līmenī nepārsniedz 300 000 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>euro</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:footnoteReference w:id="8"/>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4847A737" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="17EC3037" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="14276" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D25AF9" w:rsidRPr="00E45B76" w:rsidP="00790140" w14:paraId="76D34126" w14:textId="4D3DD405">
-[...10 lines deleted...]
-              <w:t>7.2.</w:t>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="466E7E32" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>7.4. piešķirot atbalstu, ievērojot Komisijas regulas Nr.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>2023/2831 5.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>panta 2.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">punkta nosacījumus par atbalsta kumulāciju, tiek ievērots, ka konkursa ietvaros piešķirto </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45B76" w:rsidR="00BC6790">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E45B76" w:rsidR="00BC6790">
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>minimis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbalstu, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>kumulējot</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ar citu komercdarbības atbalstu, tai skaitā attiecībā uz vienām un tām pašām attiecināmajām izmaksām, netiek pārsniegta attiecīgā maksimālā atbalsta intensitāte vai atbalsta summa, kāda noteikta komercdarbības atbalsta programmā, atbalsta projektā vai Eiropas Komisijas lēmumā. Konkursa ietvaros saņemto </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45B76" w:rsidR="00BC6790">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45B76" w:rsidR="00BC6790">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E45B76" w:rsidR="00BC6790">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> atbalsta, ko piešķir saskaņā ar Nolikumu</w:t>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbalstu var apvienot ar citu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>minimis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbalstu par vienām un tām pašām attiecināmajām izmaksām, ja pēc atbalstu apvienošanas vienai atbalsta vienībai vai izmaksu pozīcijai attiecīgā maksimālā atbalsta intensitāte nepārsniedz 100</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
-[...291 lines deleted...]
-              <w:t xml:space="preserve"> atbalstu par vienām un tām pašām attiecināmajām izmaksām, ja pēc atbalstu apvienošanas vienai atbalsta vienībai vai izmaksu pozīcijai attiecīgā maksimālā atbalsta intensitāte nepārsniedz 100%</w:t>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A72D72" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="0EE1CE37" w14:textId="77777777">
+    <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="008008DC" w14:paraId="5B025E9C" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="733"/>
         <w:gridCol w:w="1814"/>
         <w:gridCol w:w="1917"/>
         <w:gridCol w:w="1639"/>
         <w:gridCol w:w="1639"/>
         <w:gridCol w:w="1639"/>
         <w:gridCol w:w="1639"/>
         <w:gridCol w:w="1617"/>
         <w:gridCol w:w="1639"/>
       </w:tblGrid>
-      <w:tr w14:paraId="129B9379" w14:textId="77777777" w:rsidTr="00D25AF9">
+      <w:tr w14:paraId="20F6196E" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00E66B74" w14:paraId="64920625" w14:textId="18902C3E">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="04F45C18" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>N.p.k</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+              <w:t>N.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Projekta iesniedzējs</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1917" w:type="dxa"/>
+              <w:t>p.k.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1814" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00E66B74" w14:paraId="6E28FCAD" w14:textId="4680403D">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="2D7DBAE5" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C945AD">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Projekta nosaukums</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1639" w:type="dxa"/>
+              <w:t>Projekta iesniedzējs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00C945AD" w:rsidP="00E66B74" w14:paraId="07668E6D" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="4B77A32E" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00C945AD">
+              <w:t>Projekta nosaukums</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="47BBFA32" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>1.</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>priekšnoteikums</w:t>
-[...9 lines deleted...]
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00C945AD" w:rsidP="00E66B74" w14:paraId="39D50A07" w14:textId="77777777">
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="117A2BE1" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00C945AD">
+              <w:t>priekšnoteikums</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="16F216CE" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>2.</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>priekšnoteikums</w:t>
-[...9 lines deleted...]
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00C945AD" w:rsidP="00E66B74" w14:paraId="23C5425D" w14:textId="77777777">
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="60619BED" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00C945AD">
+              <w:t>priekšnoteikums</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="1BA7AAB1" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>3.</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>priekšnoteikums</w:t>
-[...9 lines deleted...]
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00C945AD" w:rsidP="00E66B74" w14:paraId="6253AE2D" w14:textId="77777777">
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="0A4C08BE" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00C945AD">
+              <w:t>priekšnoteikums</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="21F81C98" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>4.</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>priekšnoteikums</w:t>
-[...9 lines deleted...]
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00C945AD" w:rsidP="00E66B74" w14:paraId="29757BE2" w14:textId="77777777">
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="466DB634" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00C945AD">
+              <w:t>priekšnoteikums</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="79F3D190" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>5./6.</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00C945AD">
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>priekšnoteikumi</w:t>
-[...9 lines deleted...]
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00C945AD" w:rsidP="00E66B74" w14:paraId="1937ADB7" w14:textId="77777777">
+              <w:t>5./6.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="19BB7800" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00C945AD">
+              <w:t>priekšnoteikumi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="47F7670D" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>7.</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00C945AD">
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="79392966" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00536451">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
               <w:t>priekšnoteikums</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5C946704" w14:textId="77777777" w:rsidTr="001B3103">
+      <w:tr w14:paraId="4D6EE60B" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="001B3103" w14:paraId="75754DD0" w14:textId="6087C7F8">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="1C3A4FAE" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45B76">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="303721FE" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="040F7AF7" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="4E1FE9CF" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="60ED0469" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="3959908D" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="7FCF1033" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="3C0B4FB5" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="45AD6F7C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="18FDAE78" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="299AC4BC" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="571AF1A8" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="317A2E39" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="3FB59F7C" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="374C16F3" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="35B42FA4" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="7D1944BC" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="259B8203" w14:textId="77777777" w:rsidTr="001B3103">
+      <w:tr w14:paraId="22EA6645" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="001B3103" w14:paraId="4440E662" w14:textId="6C08E4D6">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="327C16AE" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45B76">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="08D326F4" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="5D7ECD27" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="278A20F4" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="649136FE" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="791F00F6" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="31F7A8B5" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="3574D2C8" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="050FF9F4" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="5DC70E68" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="50F4C315" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="38809E1F" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="58ECD45E" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="393EEC25" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="109C0EE4" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="3DF61BF6" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="4DF3F427" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="31747023" w14:textId="77777777" w:rsidTr="001B3103">
+      <w:tr w14:paraId="53328A17" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="001B3103" w14:paraId="59D7782B" w14:textId="28711D2A">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="15622056" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45B76">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="3A29E39C" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="707F50B7" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="740DB747" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="5F4875A3" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="4D3D164E" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="79D5E379" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="3B8D7D63" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="1D84A36D" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="3E100AA5" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="047E59DA" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="087520F4" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="7E49BE15" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="107DEF49" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="6E0E2D2D" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="4A51714D" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="30E819CD" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="72447F1E" w14:textId="77777777" w:rsidTr="001B3103">
+      <w:tr w14:paraId="56ADA26F" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="001B3103" w14:paraId="5AFECE66" w14:textId="2DEFAFF0">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="54E86C2C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45B76">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="7C40F72B" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="738AA953" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="63571DD6" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="298ED116" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="20208644" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="66F7FD40" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="1ACBAB48" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="52BB6C4C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="1276B510" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="7B367699" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="6F0CDA5C" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="7370C75C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="5B21FA6D" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="489D1752" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="4190FCF1" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="4D948B37" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2E04DE0A" w14:textId="77777777" w:rsidTr="001B3103">
+      <w:tr w14:paraId="11DB2114" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="001B3103" w14:paraId="48CD8C5F" w14:textId="4EFCEBB1">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="5E3D53EA" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45B76">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="108EF6B3" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="71C91ECF" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="579AF0DD" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="4BAFCD21" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="6E174532" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="325D546A" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="0DC6731F" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="417C2FCA" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="113B2BBB" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="54422495" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="260952A4" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="08825DEB" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="4EB42FC6" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="0C59C888" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="7199A2BB" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="6B6EB9CF" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="516A827F" w14:textId="77777777" w:rsidTr="001B3103">
+      <w:tr w14:paraId="0902D24C" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="001B3103" w14:paraId="0BC6F416" w14:textId="6490EFCA">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="1E90BEE1" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45B76">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="6A8EAA49" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="31F78393" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="7E27987E" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="7F7F5CF7" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="50122224" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="541E6345" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="62B4AF65" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="2CD32B81" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="48B99A3F" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="3C38BABF" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="135F3396" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="676104C8" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="464ACD05" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="10014CDE" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="3EA81641" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="1CEE9CD1" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5858BCEF" w14:textId="77777777" w:rsidTr="001B3103">
+      <w:tr w14:paraId="52F94C26" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="001B3103" w14:paraId="7E1D1587" w14:textId="2BB736EB">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="4C4A7551" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45B76">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="3CCFE29D" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="5F8377BF" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="0E358392" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="5195B3A0" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="3605260C" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="7718E7C6" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="7E916210" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="1180914A" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="2A6BF97F" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="0C528F30" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="0B4F5661" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="564BECF8" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="7DB18786" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="39CEB957" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="1EA91A0A" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="4AA910E0" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7C212745" w14:textId="77777777" w:rsidTr="001B3103">
+      <w:tr w14:paraId="55749FB0" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="001B3103" w14:paraId="5F550BB7" w14:textId="7B477920">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="40EB216D" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45B76">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="5CAF6516" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="176E215A" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="4FC5F5A0" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="7702297F" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="786CE5E5" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="28FEE8FF" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="04BC7C2E" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="563D3BDA" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="4DF49919" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="062E0366" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="3BA22A40" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="2E45146E" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="573BAEBE" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="2B2D9887" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="27AB9288" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="0F414159" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="6813B81F" w14:textId="77777777" w:rsidTr="001B3103">
+      <w:tr w14:paraId="31CB8501" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="001B3103" w14:paraId="1EEC874B" w14:textId="6AE4FA96">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="761F1127" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45B76">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="730EFA38" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="20E20CCA" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="20A23C78" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="1B117288" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="0AF68078" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="07639A62" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="2DAB29E7" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="13266650" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="1A734023" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="432FD431" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="5270418D" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="1CEC406F" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="378F98F6" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="2E7093A1" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E66B74" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="1AEBEDEF" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="2FDC4EE5" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="67840B30" w14:textId="77777777" w:rsidTr="001B3103">
+      <w:tr w14:paraId="620BFC99" w14:textId="77777777" w:rsidTr="000B2BCF">
         <w:tblPrEx>
           <w:tblW w:w="0" w:type="auto"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001B3103" w:rsidRPr="00E45B76" w:rsidP="001B3103" w14:paraId="578CC8FF" w14:textId="1625DFB1">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="67BA3AB9" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45B76">
+            <w:r w:rsidRPr="00536451">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001B3103" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="4F07D672" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="6E6BB05C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1917" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001B3103" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="7ABABE42" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="34599B81" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001B3103" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="6921EAED" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="6CAF74DC" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001B3103" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="553E772A" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="22230353" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001B3103" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="586E63C4" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="3443541B" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001B3103" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="1DF64A6B" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="15FE5831" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001B3103" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="0C91BA26" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="598A151C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001B3103" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="4D9EFE06" w14:textId="77777777">
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="2158ADB0" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="66D3C5BD" w14:textId="77777777" w:rsidTr="000B2BCF">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="00E65440" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="1F3AC67C" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="2CDD5578" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="4224BA71" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="16115B14" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="32DFDE24" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="5159D6AE" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="7E8DB59D" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="1D7D3129" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="2F797E75" w14:textId="77777777" w:rsidTr="000B2BCF">
+        <w:tblPrEx>
+          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblLook w:val="04A0"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="6555C750" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="26CC383B" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="0396060E" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="2D72F9AA" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="2EE0B98A" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="7E3AA13F" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="2A48DDFB" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1617" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="4878B5D5" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="000B2BCF" w14:paraId="59E48970" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000F371A" w:rsidRPr="00E45B76" w:rsidP="00A72D72" w14:paraId="4428AE66" w14:textId="77777777">
+    <w:p w:rsidR="008008DC" w:rsidRPr="00536451" w:rsidP="008008DC" w14:paraId="62F51024" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidSect="00B12368">
-[...1 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId9"/>
+    <w:p w:rsidR="0043027D" w:rsidRPr="0043027D" w:rsidP="0043027D" w14:paraId="55339DE2" w14:textId="77777777"/>
+    <w:sectPr w:rsidSect="008008DC">
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1701" w:right="1418" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DokChampa">
     <w:altName w:val="DokChampa"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="83000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00096FB6" w14:paraId="47FF91FE" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00096FB6" w14:paraId="6EE851E1" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00096FB6" w14:paraId="6EBF235E" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="000E1C1C" w:rsidP="000F371A" w14:paraId="19E4D0D4" w14:textId="77777777">
+    <w:p w:rsidR="009A614D" w:rsidP="000F371A" w14:paraId="24329F23" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="000E1C1C" w:rsidP="000F371A" w14:paraId="0826063D" w14:textId="77777777">
+    <w:p w:rsidR="009A614D" w:rsidP="000F371A" w14:paraId="0A5B7FCC" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="00D25AF9" w:rsidRPr="00082376" w:rsidP="00420B06" w14:paraId="255EF3FA" w14:textId="0157AE44">
+    <w:p w:rsidR="008008DC" w:rsidRPr="00082376" w:rsidP="008008DC" w14:paraId="6E791369" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="tv2132"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="142" w:hanging="142"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002D2497">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Saskaņā ar </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="002D2497">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">olikuma </w:t>
       </w:r>
-      <w:r w:rsidR="00231B49">
+      <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
       <w:r w:rsidRPr="002D2497">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">.punktā </w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2497">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">punktā </w:t>
       </w:r>
       <w:r w:rsidRPr="00B34207">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>noteikto</w:t>
       </w:r>
       <w:r w:rsidRPr="0072718F">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0072718F">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">kultūras nozares projekts, kurā netiek </w:t>
       </w:r>
       <w:r w:rsidRPr="00082376">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>plānota ieņēmumu gūšana un kurā plānotie pasākumi ir bezmaksas, līdzfinansējumu konkursa ietvaros var saņemt, nepiemērojot šajā sadaļā minētos ar komercdarbības atbalsta saņemšanu saistītos nosacījumus.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w:rsidR="00655F38" w:rsidRPr="00EE409F" w:rsidP="00420B06" w14:paraId="7A0CE8E7" w14:textId="5CFDE149">
+    <w:p w:rsidR="008008DC" w:rsidRPr="00EE409F" w:rsidP="008008DC" w14:paraId="35EA9749" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:ind w:left="142" w:hanging="142"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00C945AD">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C945AD">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EE409F">
         <w:rPr>
@@ -6743,115 +7096,167 @@
         </w:rPr>
         <w:t>vērtējumu turpina ar</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE409F">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> šīs veidlapas </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE409F">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>.punktā noteikt</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">ajiem </w:t>
+        <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE409F">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>komercdarbības atbalsta regulējum</w:t>
+        <w:t>punktā noteikt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>a piemērošanas kritērijiem, savukārt, ja projekti atbilst noteiktajai NACE ekonomiskās darbības klasifikācijai, vērtēšanu turpina ar šīs veidlapas 4.kritēriju.</w:t>
+        <w:t xml:space="preserve">ajiem </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE409F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>komercdarbības atbalsta regulējum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>a piemērošanas kritērijiem, savukārt, ja projekti atbilst noteiktajai NACE ekonomiskās darbības klasifikācijai, vērtēšanu turpina ar šīs veidlapas 4. kritēriju.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w:rsidR="00D25AF9" w:rsidRPr="000029BF" w:rsidP="00420B06" w14:paraId="46C28C32" w14:textId="37F70E4D">
+    <w:p w:rsidR="008008DC" w:rsidRPr="000029BF" w:rsidP="008008DC" w14:paraId="03BA93FB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:ind w:left="142" w:hanging="142"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00420B06">
+      <w:r w:rsidRPr="00082376">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-        </w:rPr>
-[...9 lines deleted...]
-        <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="lv-LV"/>
-[...1 lines deleted...]
-        <w:tab/>
+        </w:rPr>
+        <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00082376">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Ja projekta iesniedzējs neatbilst šim kritērijam, t.i., ieņēmumi nepārsniedz 50% robežvērtību</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00082376">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Ja projekta iesniedzējs neatbilst šim kritērijam, t.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082376">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>i., ieņēmumi nepārsniedz 50</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00082376">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>% robežvērtību</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0021382A">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>no kopējā pasākuma budžeta visam plānotā pasākuma īstenošanas periodam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
@@ -6878,54 +7283,54 @@
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk62727157"/>
       <w:r w:rsidRPr="000C56FB">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>tālāka izvērtēšana pēc komercdarbības atbalstu raksturojošām pazīmēm nav jāveic un tam nav jāpiemēro attiecīgais komercdarbības atbalsta regulējums</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w:rsidR="00D25AF9" w:rsidRPr="000029BF" w:rsidP="00420B06" w14:paraId="308933DB" w14:textId="61E09057">
+    <w:p w:rsidR="008008DC" w:rsidRPr="000029BF" w:rsidP="008008DC" w14:paraId="27CBAA19" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:ind w:left="142" w:hanging="142"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000029BF">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00374AC3">
         <w:rPr>
@@ -6975,80 +7380,96 @@
         </w:rPr>
         <w:t>vērtējumu turpina ar</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE409F">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> šīs veidlapas </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE409F">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>.punktā noteikt</w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE409F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>punktā noteikt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ajiem </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE409F">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>komercdarbības atbalsta regulējum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a piemērošanas kritērijiem.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w:rsidR="00D25AF9" w:rsidRPr="00D67575" w:rsidP="00A72D72" w14:paraId="1A971C4C" w14:textId="52A54B2E">
+    <w:p w:rsidR="008008DC" w:rsidRPr="00D67575" w:rsidP="008008DC" w14:paraId="4B495779" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0021382A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002736AA">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Šo </w:t>
@@ -7069,174 +7490,222 @@
         </w:rPr>
         <w:t xml:space="preserve"> nepiemēro, ja projekta iesniedzējs saskaņā ar projekta iesniegumam pievienoto dokumentu par projekta iesniedzēja reģistrēto NACE kodu pamatdarbībai nedarbojas izslēgtajās nozarēs, kas minētas Komisijas </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="002736AA">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>egulas Nr.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>2023/2831</w:t>
+        <w:t> 2023/2831</w:t>
       </w:r>
       <w:r w:rsidRPr="002736AA">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1.panta 1.punktā</w:t>
+        <w:t xml:space="preserve"> 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002736AA">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>panta 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002736AA">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>punktā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w:rsidR="00D25AF9" w:rsidRPr="002736AA" w:rsidP="00A72D72" w14:paraId="32254AE1" w14:textId="0FA4E581">
+    <w:p w:rsidR="008008DC" w:rsidRPr="002736AA" w:rsidP="008008DC" w14:paraId="57ADA75B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0021382A">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002736AA">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Šo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>kritērij</w:t>
       </w:r>
       <w:r w:rsidRPr="002736AA">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>u vērtē, ņemot vēr</w:t>
       </w:r>
-      <w:r w:rsidR="0038614F">
+      <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidRPr="002736AA">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="002736AA">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>olikum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="002736AA">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1.pielikumā sniegto informāciju</w:t>
+        <w:t xml:space="preserve"> 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002736AA">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>pielikumā sniegto informāciju</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w:rsidR="00D25AF9" w:rsidRPr="002D2497" w:rsidP="00A72D72" w14:paraId="5BB66736" w14:textId="77777777">
+    <w:p w:rsidR="008008DC" w:rsidRPr="002D2497" w:rsidP="008008DC" w14:paraId="3BFA2533" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B34207">
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B34207">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
@@ -7275,488 +7744,330 @@
       </w:r>
       <w:r w:rsidRPr="00B34207">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B34207">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">atbalsta sistēmā. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14 w16se w16cid">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="00096FB6" w14:paraId="64439281" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:id w:val="1058026242"/>
+      <w:id w:val="389379829"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w:rsidR="000F371A" w:rsidRPr="000F371A" w:rsidP="000F371A" w14:paraId="040F4754" w14:textId="77777777">
+      <w:p w:rsidR="000F371A" w:rsidRPr="000F371A" w:rsidP="000F371A" w14:paraId="30656997" w14:textId="77777777">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="000F371A">
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="000F371A">
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="000F371A">
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000F7F4F">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidRPr="000F371A">
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w:rsidR="00655F38" w:rsidRPr="00655F38" w:rsidP="00655F38" w14:paraId="285AEB1F" w14:textId="58B858E2">
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p w:rsidR="008C0D15" w:rsidRPr="0051627E" w:rsidP="008C0D15" w14:paraId="3D7A08BF" w14:textId="2204C68F">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:szCs w:val="24"/>
-        <w:lang w:val="de-DE"/>
+        <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>4.</w:t>
     </w:r>
-    <w:r w:rsidRPr="00655F38">
-[...6 lines deleted...]
-    <w:r w:rsidRPr="00655F38">
+    <w:r w:rsidR="00096FB6">
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>pielikums</w:t>
+      <w:t> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>p</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0051627E">
+      <w:rPr>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>ielikums</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00655F38" w:rsidRPr="00655F38" w:rsidP="00655F38" w14:paraId="42FAD842" w14:textId="77777777">
+  <w:p w:rsidR="008C0D15" w:rsidRPr="0051627E" w:rsidP="008C0D15" w14:paraId="0DAE62BA" w14:textId="77777777">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00655F38">
+    <w:r>
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>Kultūras ministrijas</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00655F38" w:rsidRPr="00655F38" w:rsidP="00655F38" w14:paraId="2C472735" w14:textId="77777777">
+  <w:p w:rsidR="008C0D15" w:rsidP="008C0D15" w14:paraId="760E3D27" w14:textId="51A537EB">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00655F38">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>14.02.2025</w:t>
+      <w:t>27.02.2026</w:t>
     </w:r>
-    <w:r w:rsidRPr="00655F38">
+    <w:r>
       <w:rPr>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>. nolikumam Nr.</w:t>
+      <w:t xml:space="preserve">. </w:t>
     </w:r>
-    <w:r w:rsidRPr="00655F38">
+    <w:r w:rsidR="0052031D">
+      <w:rPr>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t>nolikumam</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0051627E">
+      <w:rPr>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Nr.</w:t>
+    </w:r>
+    <w:r w:rsidR="0065621C">
+      <w:rPr>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="lv-LV"/>
+      </w:rPr>
+      <w:t> </w:t>
+    </w:r>
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
-      <w:t>2.5-4-7</w:t>
+      <w:t>2.5-4-1</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0022129F" w:rsidRPr="0022129F" w14:paraId="027412BC" w14:textId="77777777">
+  <w:p w:rsidR="0022129F" w:rsidRPr="0022129F" w14:paraId="3065699B" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...103 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="101"/>
   <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD7532"/>
     <w:rsid w:val="000029BF"/>
     <w:rsid w:val="00014FB7"/>
     <w:rsid w:val="00035F9F"/>
     <w:rsid w:val="00082376"/>
     <w:rsid w:val="00090DDB"/>
-    <w:rsid w:val="00092E47"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000A3FD5"/>
+    <w:rsid w:val="00096FB6"/>
+    <w:rsid w:val="000B2BCF"/>
     <w:rsid w:val="000C56FB"/>
     <w:rsid w:val="000C6BFE"/>
-    <w:rsid w:val="000E1C1C"/>
     <w:rsid w:val="000F371A"/>
     <w:rsid w:val="000F6E5D"/>
-    <w:rsid w:val="000F7F4F"/>
-[...7 lines deleted...]
-    <w:rsid w:val="001C154C"/>
     <w:rsid w:val="001C5D58"/>
     <w:rsid w:val="001D09C4"/>
-    <w:rsid w:val="001F6C95"/>
     <w:rsid w:val="002000A1"/>
     <w:rsid w:val="0021382A"/>
     <w:rsid w:val="0022129F"/>
-    <w:rsid w:val="00231387"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00261AC1"/>
     <w:rsid w:val="00262713"/>
-    <w:rsid w:val="002711F3"/>
     <w:rsid w:val="002736AA"/>
-    <w:rsid w:val="00274730"/>
     <w:rsid w:val="00277C8A"/>
-    <w:rsid w:val="00293545"/>
-[...2 lines deleted...]
-    <w:rsid w:val="002C0E88"/>
     <w:rsid w:val="002D2497"/>
-    <w:rsid w:val="002F1C6A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0035105A"/>
     <w:rsid w:val="00374AC3"/>
-    <w:rsid w:val="0038614F"/>
-[...4 lines deleted...]
-    <w:rsid w:val="004459B3"/>
+    <w:rsid w:val="003D64F8"/>
+    <w:rsid w:val="0043027D"/>
     <w:rsid w:val="00470D67"/>
-    <w:rsid w:val="004D1464"/>
     <w:rsid w:val="004E1972"/>
-    <w:rsid w:val="004F7BEF"/>
-    <w:rsid w:val="005048D6"/>
     <w:rsid w:val="0051627E"/>
-    <w:rsid w:val="005257DC"/>
-[...4 lines deleted...]
-    <w:rsid w:val="005D6E5C"/>
+    <w:rsid w:val="0052031D"/>
+    <w:rsid w:val="00533ECB"/>
+    <w:rsid w:val="00536451"/>
+    <w:rsid w:val="005E25D0"/>
     <w:rsid w:val="006033B4"/>
-    <w:rsid w:val="00621BEC"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00705553"/>
+    <w:rsid w:val="0065621C"/>
+    <w:rsid w:val="00722EA8"/>
     <w:rsid w:val="0072718F"/>
-    <w:rsid w:val="00734450"/>
-[...18 lines deleted...]
-    <w:rsid w:val="009B0183"/>
+    <w:rsid w:val="00777E2E"/>
+    <w:rsid w:val="007E189D"/>
+    <w:rsid w:val="008008DC"/>
+    <w:rsid w:val="00822097"/>
+    <w:rsid w:val="008C0D15"/>
+    <w:rsid w:val="00997C25"/>
+    <w:rsid w:val="009A614D"/>
+    <w:rsid w:val="009B08D8"/>
     <w:rsid w:val="009E7ACF"/>
-    <w:rsid w:val="00A17FFA"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A737C6"/>
     <w:rsid w:val="00A746AF"/>
-    <w:rsid w:val="00AA0B13"/>
-    <w:rsid w:val="00AC0140"/>
+    <w:rsid w:val="00AC6285"/>
     <w:rsid w:val="00AD7532"/>
-    <w:rsid w:val="00B12368"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B257B6"/>
+    <w:rsid w:val="00AE2DF5"/>
     <w:rsid w:val="00B34207"/>
-    <w:rsid w:val="00B61A42"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00C03626"/>
     <w:rsid w:val="00C22E61"/>
-    <w:rsid w:val="00C74C92"/>
-    <w:rsid w:val="00C9063B"/>
     <w:rsid w:val="00C945AD"/>
-    <w:rsid w:val="00CB2059"/>
-    <w:rsid w:val="00CD22B7"/>
+    <w:rsid w:val="00CA521A"/>
     <w:rsid w:val="00CD571F"/>
-    <w:rsid w:val="00CD5FA3"/>
-    <w:rsid w:val="00D0520F"/>
     <w:rsid w:val="00D066FD"/>
-    <w:rsid w:val="00D12F23"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00D54F8D"/>
+    <w:rsid w:val="00D250BE"/>
     <w:rsid w:val="00D67575"/>
-    <w:rsid w:val="00DB4EB2"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00E45B76"/>
     <w:rsid w:val="00E60A56"/>
-    <w:rsid w:val="00E66B74"/>
-    <w:rsid w:val="00EE3931"/>
     <w:rsid w:val="00EE409F"/>
-    <w:rsid w:val="00F01451"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F15406"/>
     <w:rsid w:val="00F167ED"/>
-    <w:rsid w:val="00F3683E"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FF142B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="lo-LA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w14:docId w14:val="4F8581BE"/>
-  <w15:docId w15:val="{DE42740B-3639-4EDF-A9B3-FDDAFA5917AC}"/>
+  <w14:docId w14:val="3065698F"/>
+  <w15:docId w15:val="{3736F41C-70DA-4401-BB36-BEAED87B03C0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8236,264 +8547,167 @@
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
     <w:name w:val="Kājene Rakstz."/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000F371A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PamattekstsaratkpiRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B12368"/>
+    <w:rsid w:val="008008DC"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PamattekstsaratkpiRakstz">
     <w:name w:val="Pamatteksts ar atkāpi Rakstz."/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyTextIndent"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B12368"/>
+    <w:rsid w:val="008008DC"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-AU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
-[...27 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="tv2132">
     <w:name w:val="tv2132"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="00A72D72"/>
+    <w:rsid w:val="008008DC"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="300"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:color w:val="414142"/>
       <w:sz w:val="20"/>
       <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="VrestekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A72D72"/>
+    <w:rsid w:val="008008DC"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="VrestekstsRakstz">
     <w:name w:val="Vēres teksts Rakstz."/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A72D72"/>
+    <w:rsid w:val="008008DC"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A72D72"/>
+    <w:rsid w:val="008008DC"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
-    </w:rPr>
-[...80 lines deleted...]
-      <w:lang w:val="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00E66B74"/>
+    <w:rsid w:val="008008DC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007E189D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-AU"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Iestāde">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8745,86 +8959,78 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b46cec30-3c96-49ba-8e80-c1db7ce5db41" xmlns:ns3="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="89943475ffa202f7de87fda01a1a2217" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x0101007B98BB4B34F2884EBFE5D98E9C8C082A" ma:contentTypeVersion="19" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="8d971c711bdbff3c11e3f4d89a9dc7e8">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b46cec30-3c96-49ba-8e80-c1db7ce5db41" xmlns:ns3="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d847abb68d33df405200deeeacea6cf3" ns2:_="" ns3:_="">
     <xsd:import namespace="b46cec30-3c96-49ba-8e80-c1db7ce5db41"/>
     <xsd:import namespace="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b46cec30-3c96-49ba-8e80-c1db7ce5db41" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
@@ -8908,50 +9114,55 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cbc571fe-a37c-43d1-b765-14afe1eb7737" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
@@ -9008,146 +9219,130 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="b46cec30-3c96-49ba-8e80-c1db7ce5db41" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7069D923-F8D7-4D3D-BF78-A67885F06461}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1954FF7-DB94-4211-B982-5010588843AF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b46cec30-3c96-49ba-8e80-c1db7ce5db41"/>
     <ds:schemaRef ds:uri="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5FB7C115-6445-48A0-ACCA-DE290D078D19}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD3FA1F4-FD8C-490F-8939-DFF33D8626B0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="bf9c787b-86fa-46b7-82b5-b5a01fd7d54d"/>
     <ds:schemaRef ds:uri="b46cec30-3c96-49ba-8e80-c1db7ce5db41"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</clbl:labelList>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74FF342B-C3EC-4E8C-8AFC-99998A1908CD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>7308</Words>
-  <Characters>4167</Characters>
+  <Words>7074</Words>
+  <Characters>4033</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
+  <Lines>33</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...20 lines deleted...]
-  </TitlesOfParts>
   <Company>LR Kultūras Ministrija</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11453</CharactersWithSpaces>
+  <CharactersWithSpaces>11085</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Iekšējo noteikumu pielikums</dc:title>
   <dc:subject>Elektroniskā dokumenta veidlapa</dc:subject>
   <dc:creator>Juridiskā nodaļa</dc:creator>
   <cp:keywords>pamatdarbības</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007B98BB4B34F2884EBFE5D98E9C8C082A</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
-    <vt:r8>443800</vt:r8>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Order">
+    <vt:r8>2409200</vt:r8>
   </property>
 </Properties>
 </file>